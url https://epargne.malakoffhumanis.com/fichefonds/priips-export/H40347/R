--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E352"/>
+  <dimension ref="A1:E363"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -271,124 +271,124 @@
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>10 270.00 €</t>
+          <t>10 300.00 €</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>11 650.00 €</t>
+          <t>11 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>2.70 %</t>
+          <t>3.00 %</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>3.10 %</t>
+          <t>3.14 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>16 950.00 €</t>
+          <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>11.13 %</t>
+          <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -459,124 +459,124 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>10 220.00 €</t>
+          <t>10 270.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>11 630.00 €</t>
+          <t>11 650.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>2.20 %</t>
+          <t>2.70 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>3.07 %</t>
+          <t>3.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>16 440.00 €</t>
+          <t>16 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>10.45 %</t>
+          <t>11.13 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -652,119 +652,119 @@
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>11 500.00 €</t>
+          <t>11 630.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>2.20 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>2.83 %</t>
+          <t>3.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -800,159 +800,159 @@
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>8 160.00 €</t>
+          <t>8 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="40">
       <c r="A40" s="3"/>
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
-          <t>-3.99 %</t>
+          <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>11 220.00 €</t>
+          <t>11 500.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>2.20 %</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>2.33 %</t>
+          <t>2.83 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -988,405 +988,405 @@
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>7 860.00 €</t>
+          <t>8 160.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
-          <t>-4.70 %</t>
+          <t>-3.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
-          <t>11 190.00 €</t>
+          <t>11 220.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>1.90 %</t>
+          <t>2.20 %</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>2.27 %</t>
+          <t>2.33 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>4 010.00 €</t>
+          <t>4 000.00 €</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
-          <t>3 310.00 €</t>
+          <t>3 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="60">
       <c r="A60" s="3"/>
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>-59.90 %</t>
+          <t>-60.00 %</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
-          <t>-19.84 %</t>
+          <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>7 470.00 €</t>
+          <t>7 860.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>-5.67 %</t>
+          <t>-4.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>11 150.00 €</t>
+          <t>11 190.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>1.90 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>2.20 %</t>
+          <t>2.27 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>3 420.00 €</t>
+          <t>4 010.00 €</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>3 220.00 €</t>
+          <t>3 310.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>-65.80 %</t>
+          <t>-59.90 %</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>-20.28 %</t>
+          <t>-19.84 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -1404,177 +1404,177 @@
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>11 080.00 €</t>
+          <t>11 150.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="75">
       <c r="A75" s="3"/>
       <c r="B75" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>1.90 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>2.07 %</t>
+          <t>2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>14 210.00 €</t>
+          <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>7.28 %</t>
+          <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>3 420.00 €</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>3 150.00 €</t>
+          <t>3 220.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-65.80 %</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>-20.63 %</t>
+          <t>-20.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -1587,182 +1587,182 @@
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>11 000.00 €</t>
+          <t>11 080.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>1.90 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>1.92 %</t>
+          <t>2.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>14 210.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>7.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>2 780.00 €</t>
+          <t>3 150.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>-81.00 %</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>-22.59 %</t>
+          <t>-20.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -1848,109 +1848,109 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>1 950.00 €</t>
+          <t>2 780.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>-81.00 %</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>-27.89 %</t>
+          <t>-22.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -2008,79 +2008,79 @@
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B109" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2196,79 +2196,79 @@
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B120" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2339,69 +2339,69 @@
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B129" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>9 870.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>11 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="130">
       <c r="A130" s="3"/>
       <c r="B130" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>-1.30 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
           <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B131" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
@@ -2412,51 +2412,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2532,119 +2532,119 @@
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B140" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>10 910.00 €</t>
+          <t>11 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>1.76 %</t>
+          <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B142" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
           <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2788,51 +2788,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2908,119 +2908,119 @@
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B162" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>1.57 %</t>
+          <t>1.76 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>13 010.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3136,79 +3136,79 @@
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
           <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>13 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3324,79 +3324,79 @@
       </c>
       <c r="D185" s="3" t="inlineStr">
         <is>
           <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>28/03/2024</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3472,119 +3472,119 @@
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B195" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>10 740.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>1.44 %</t>
+          <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>13 010.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>29/02/2024</t>
+          <t>28/03/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3660,119 +3660,119 @@
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B206" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>10 720.00 €</t>
+          <t>10 740.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="207">
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>1.40 %</t>
+          <t>1.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>31/01/2024</t>
+          <t>29/02/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D212" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3916,51 +3916,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D220" s="3" t="inlineStr">
         <is>
           <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>31/01/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B223" s="3"/>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D223" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4031,177 +4031,177 @@
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D227" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B228" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>9 840.00 €</t>
+          <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D228" s="3" t="inlineStr">
         <is>
-          <t>10 690.00 €</t>
+          <t>10 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="229">
       <c r="A229" s="3"/>
       <c r="B229" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>-1.60 %</t>
+          <t>-1.30 %</t>
         </is>
       </c>
       <c r="D229" s="3" t="inlineStr">
         <is>
-          <t>1.34 %</t>
+          <t>1.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B230" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D230" s="3" t="inlineStr">
         <is>
-          <t>13 110.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D231" s="3" t="inlineStr">
         <is>
-          <t>5.57 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>30/11/2023</t>
+          <t>29/12/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B234" s="3"/>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D234" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B235" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>1 910.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D235" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="236">
       <c r="A236" s="3"/>
       <c r="B236" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>-80.90 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D236" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B237" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D237" s="3" t="inlineStr">
@@ -4224,119 +4224,119 @@
       </c>
       <c r="D238" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B239" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>9 840.00 €</t>
         </is>
       </c>
       <c r="D239" s="3" t="inlineStr">
         <is>
-          <t>10 670.00 €</t>
+          <t>10 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="240">
       <c r="A240" s="3"/>
       <c r="B240" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>-1.60 %</t>
         </is>
       </c>
       <c r="D240" s="3" t="inlineStr">
         <is>
-          <t>1.31 %</t>
+          <t>1.34 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B241" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D241" s="3" t="inlineStr">
         <is>
-          <t>12 830.00 €</t>
+          <t>13 110.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D242" s="3" t="inlineStr">
         <is>
-          <t>5.11 %</t>
+          <t>5.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>31/10/2023</t>
+          <t>30/11/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B245" s="3"/>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D245" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4407,69 +4407,69 @@
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D249" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B250" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 840.00 €</t>
         </is>
       </c>
       <c r="D250" s="3" t="inlineStr">
         <is>
           <t>10 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="251">
       <c r="A251" s="3"/>
       <c r="B251" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-1.60 %</t>
         </is>
       </c>
       <c r="D251" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B252" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D252" s="3" t="inlineStr">
@@ -4480,51 +4480,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D253" s="3" t="inlineStr">
         <is>
           <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>29/09/2023</t>
+          <t>31/10/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B256" s="3"/>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D256" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4668,104 +4668,104 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D264" s="3" t="inlineStr">
         <is>
           <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
-          <t>31/08/2023</t>
+          <t>29/09/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B267" s="3"/>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D267" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B268" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>1 910.00 €</t>
         </is>
       </c>
       <c r="D268" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="269">
       <c r="A269" s="3"/>
       <c r="B269" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-80.90 %</t>
         </is>
       </c>
       <c r="D269" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B270" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D270" s="3" t="inlineStr">
@@ -4856,51 +4856,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D275" s="3" t="inlineStr">
         <is>
           <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>31/07/2023</t>
+          <t>31/08/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B278" s="3"/>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D278" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5016,79 +5016,79 @@
       </c>
       <c r="D284" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B285" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D285" s="3" t="inlineStr">
         <is>
-          <t>12 900.00 €</t>
+          <t>12 830.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D286" s="3" t="inlineStr">
         <is>
-          <t>5.22 %</t>
+          <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>30/06/2023</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B289" s="3"/>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D289" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5204,79 +5204,79 @@
       </c>
       <c r="D295" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B296" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D296" s="3" t="inlineStr">
         <is>
-          <t>13 250.00 €</t>
+          <t>12 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D297" s="3" t="inlineStr">
         <is>
-          <t>5.79 %</t>
+          <t>5.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>31/03/2023</t>
+          <t>30/06/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B300" s="3"/>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D300" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5392,137 +5392,137 @@
       </c>
       <c r="D306" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B307" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D307" s="3" t="inlineStr">
         <is>
-          <t>13 540.00 €</t>
+          <t>13 250.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D308" s="3" t="inlineStr">
         <is>
-          <t>6.25 %</t>
+          <t>5.79 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>28/02/2023</t>
+          <t>31/03/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B311" s="3"/>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D311" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B312" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
-          <t>5 070.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D312" s="3" t="inlineStr">
         <is>
-          <t>1 960.00 €</t>
+          <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="313">
       <c r="A313" s="3"/>
       <c r="B313" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
-          <t>-49.30 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D313" s="3" t="inlineStr">
         <is>
-          <t>-27.81 %</t>
+          <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B314" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D314" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -5580,137 +5580,137 @@
       </c>
       <c r="D317" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B318" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D318" s="3" t="inlineStr">
         <is>
-          <t>13 640.00 €</t>
+          <t>13 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="319">
       <c r="A319" s="3"/>
       <c r="B319" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D319" s="3" t="inlineStr">
         <is>
-          <t>6.41 %</t>
+          <t>6.25 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>31/01/2023</t>
+          <t>28/02/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B322" s="3"/>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D322" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B323" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
-          <t>5 060.00 €</t>
+          <t>5 070.00 €</t>
         </is>
       </c>
       <c r="D323" s="3" t="inlineStr">
         <is>
-          <t>1 950.00 €</t>
+          <t>1 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="324">
       <c r="A324" s="3"/>
       <c r="B324" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
-          <t>-49.40 %</t>
+          <t>-49.30 %</t>
         </is>
       </c>
       <c r="D324" s="3" t="inlineStr">
         <is>
-          <t>-27.89 %</t>
+          <t>-27.81 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B325" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D325" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -5728,119 +5728,119 @@
       </c>
       <c r="D326" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B327" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>9 770.00 €</t>
         </is>
       </c>
       <c r="D327" s="3" t="inlineStr">
         <is>
-          <t>10 690.00 €</t>
+          <t>10 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="328">
       <c r="A328" s="3"/>
       <c r="B328" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
       <c r="D328" s="3" t="inlineStr">
         <is>
-          <t>1.34 %</t>
+          <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B329" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D329" s="3" t="inlineStr">
         <is>
-          <t>13 900.00 €</t>
+          <t>13 640.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D330" s="3" t="inlineStr">
         <is>
-          <t>6.81 %</t>
+          <t>6.41 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>30/12/2022</t>
+          <t>31/01/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B333" s="3"/>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D333" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5911,124 +5911,124 @@
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D337" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B338" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
-          <t>9 840.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
       <c r="D338" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="339">
       <c r="A339" s="3"/>
       <c r="B339" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
-          <t>-1.60 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
       <c r="D339" s="3" t="inlineStr">
         <is>
-          <t>1.57 %</t>
+          <t>1.34 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B340" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D340" s="3" t="inlineStr">
         <is>
-          <t>13 960.00 €</t>
+          <t>13 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D341" s="3" t="inlineStr">
         <is>
-          <t>6.90 %</t>
+          <t>6.81 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="343">
       <c r="A343" s="2" t="inlineStr">
         <is>
-          <t>30/11/2022</t>
+          <t>30/12/2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B344" s="3"/>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D344" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -6099,112 +6099,300 @@
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D348" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B349" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
-          <t>9 870.00 €</t>
+          <t>9 840.00 €</t>
         </is>
       </c>
       <c r="D349" s="3" t="inlineStr">
         <is>
-          <t>10 820.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="350">
       <c r="A350" s="3"/>
       <c r="B350" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
-          <t>-1.30 %</t>
+          <t>-1.60 %</t>
         </is>
       </c>
       <c r="D350" s="3" t="inlineStr">
         <is>
-          <t>1.59 %</t>
+          <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B351" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D351" s="3" t="inlineStr">
         <is>
-          <t>14 300.00 €</t>
+          <t>13 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D352" s="3" t="inlineStr">
+        <is>
+          <t>6.90 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="354">
+      <c r="A354" s="2" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="355">
+      <c r="A355" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B355" s="3"/>
+      <c r="C355" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D355" s="3" t="inlineStr">
+        <is>
+          <t>5 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="356">
+      <c r="A356" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B356" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C356" s="3" t="inlineStr">
+        <is>
+          <t>5 060.00 €</t>
+        </is>
+      </c>
+      <c r="D356" s="3" t="inlineStr">
+        <is>
+          <t>1 950.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="357">
+      <c r="A357" s="3"/>
+      <c r="B357" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C357" s="3" t="inlineStr">
+        <is>
+          <t>-49.40 %</t>
+        </is>
+      </c>
+      <c r="D357" s="3" t="inlineStr">
+        <is>
+          <t>-27.89 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="358">
+      <c r="A358" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B358" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C358" s="3" t="inlineStr">
+        <is>
+          <t>7 750.00 €</t>
+        </is>
+      </c>
+      <c r="D358" s="3" t="inlineStr">
+        <is>
+          <t>7 470.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="359">
+      <c r="A359" s="3"/>
+      <c r="B359" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C359" s="3" t="inlineStr">
+        <is>
+          <t>-22.50 %</t>
+        </is>
+      </c>
+      <c r="D359" s="3" t="inlineStr">
+        <is>
+          <t>-5.67 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="360">
+      <c r="A360" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B360" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C360" s="3" t="inlineStr">
+        <is>
+          <t>9 870.00 €</t>
+        </is>
+      </c>
+      <c r="D360" s="3" t="inlineStr">
+        <is>
+          <t>10 820.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="361">
+      <c r="A361" s="3"/>
+      <c r="B361" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C361" s="3" t="inlineStr">
+        <is>
+          <t>-1.30 %</t>
+        </is>
+      </c>
+      <c r="D361" s="3" t="inlineStr">
+        <is>
+          <t>1.59 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="362">
+      <c r="A362" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B362" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C362" s="3" t="inlineStr">
+        <is>
+          <t>13 020.00 €</t>
+        </is>
+      </c>
+      <c r="D362" s="3" t="inlineStr">
+        <is>
+          <t>14 300.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="363">
+      <c r="A363" s="3"/>
+      <c r="B363" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C363" s="3" t="inlineStr">
+        <is>
+          <t>30.20 %</t>
+        </is>
+      </c>
+      <c r="D363" s="3" t="inlineStr">
         <is>
           <t>7.42 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -6360,50 +6548,56 @@
     <mergeCell ref="A307:A308"/>
     <mergeCell ref="A310:E310"/>
     <mergeCell ref="A311:B311"/>
     <mergeCell ref="A312:A313"/>
     <mergeCell ref="A314:A315"/>
     <mergeCell ref="A316:A317"/>
     <mergeCell ref="A318:A319"/>
     <mergeCell ref="A321:E321"/>
     <mergeCell ref="A322:B322"/>
     <mergeCell ref="A323:A324"/>
     <mergeCell ref="A325:A326"/>
     <mergeCell ref="A327:A328"/>
     <mergeCell ref="A329:A330"/>
     <mergeCell ref="A332:E332"/>
     <mergeCell ref="A333:B333"/>
     <mergeCell ref="A334:A335"/>
     <mergeCell ref="A336:A337"/>
     <mergeCell ref="A338:A339"/>
     <mergeCell ref="A340:A341"/>
     <mergeCell ref="A343:E343"/>
     <mergeCell ref="A344:B344"/>
     <mergeCell ref="A345:A346"/>
     <mergeCell ref="A347:A348"/>
     <mergeCell ref="A349:A350"/>
     <mergeCell ref="A351:A352"/>
+    <mergeCell ref="A354:E354"/>
+    <mergeCell ref="A355:B355"/>
+    <mergeCell ref="A356:A357"/>
+    <mergeCell ref="A358:A359"/>
+    <mergeCell ref="A360:A361"/>
+    <mergeCell ref="A362:A363"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>