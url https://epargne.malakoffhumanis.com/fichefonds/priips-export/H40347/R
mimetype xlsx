--- v1 (2025-11-23)
+++ v2 (2026-03-01)
@@ -135,125 +135,125 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E363"/>
+  <dimension ref="A1:E385"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>30/11/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>4 000.00 €</t>
+          <t>3 990.00 €</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>3 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>-60.00 %</t>
+          <t>-60.10 %</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
@@ -271,124 +271,124 @@
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>10 300.00 €</t>
+          <t>10 310.00 €</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>11 670.00 €</t>
+          <t>11 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>3.00 %</t>
+          <t>3.10 %</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>3.14 %</t>
+          <t>3.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>16 440.00 €</t>
+          <t>16 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>10.45 %</t>
+          <t>11.13 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>31/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -459,124 +459,124 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>10 270.00 €</t>
+          <t>10 310.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>11 650.00 €</t>
+          <t>11 730.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>2.70 %</t>
+          <t>3.10 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>3.10 %</t>
+          <t>3.24 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>16 950.00 €</t>
+          <t>16 740.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>11.13 %</t>
+          <t>10.85 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -647,124 +647,124 @@
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>10 220.00 €</t>
+          <t>10 300.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>11 630.00 €</t>
+          <t>11 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>2.20 %</t>
+          <t>3.00 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>3.07 %</t>
+          <t>3.14 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -835,124 +835,124 @@
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>10 220.00 €</t>
+          <t>10 270.00 €</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>11 500.00 €</t>
+          <t>11 650.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>2.20 %</t>
+          <t>2.70 %</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>2.83 %</t>
+          <t>3.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>16 440.00 €</t>
+          <t>16 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>10.45 %</t>
+          <t>11.13 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -988,159 +988,159 @@
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>8 160.00 €</t>
+          <t>8 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
-          <t>-3.99 %</t>
+          <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
-          <t>11 220.00 €</t>
+          <t>11 630.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>2.20 %</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>2.33 %</t>
+          <t>3.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1176,593 +1176,593 @@
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>7 860.00 €</t>
+          <t>8 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>-4.70 %</t>
+          <t>-3.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>11 190.00 €</t>
+          <t>11 500.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>1.90 %</t>
+          <t>2.20 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>2.27 %</t>
+          <t>2.83 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>4 010.00 €</t>
+          <t>4 000.00 €</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>3 310.00 €</t>
+          <t>3 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>-59.90 %</t>
+          <t>-60.00 %</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>-19.84 %</t>
+          <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>7 470.00 €</t>
+          <t>8 160.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>-5.67 %</t>
+          <t>-3.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 220.00 €</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>11 150.00 €</t>
+          <t>11 220.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="75">
       <c r="A75" s="3"/>
       <c r="B75" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>1.90 %</t>
+          <t>2.20 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>2.20 %</t>
+          <t>2.33 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>3 420.00 €</t>
+          <t>4 000.00 €</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>3 220.00 €</t>
+          <t>3 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-65.80 %</t>
+          <t>-60.00 %</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>-20.28 %</t>
+          <t>-18.75 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
-          <t>7 470.00 €</t>
+          <t>7 860.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
-          <t>-5.67 %</t>
+          <t>-4.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>11 080.00 €</t>
+          <t>11 190.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>1.90 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>2.07 %</t>
+          <t>2.27 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>14 210.00 €</t>
+          <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>7.28 %</t>
+          <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>4 010.00 €</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>3 150.00 €</t>
+          <t>3 310.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-59.90 %</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>-20.63 %</t>
+          <t>-19.84 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -1775,182 +1775,182 @@
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B96" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>11 000.00 €</t>
+          <t>11 150.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>1.90 %</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>1.92 %</t>
+          <t>2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B98" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>16 440.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>10.45 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>3 420.00 €</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>2 780.00 €</t>
+          <t>3 220.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-65.80 %</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>-22.59 %</t>
+          <t>-20.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -1963,182 +1963,182 @@
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B107" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>11 000.00 €</t>
+          <t>11 080.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="108">
       <c r="A108" s="3"/>
       <c r="B108" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>1.90 %</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>1.92 %</t>
+          <t>2.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B109" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>14 210.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>7.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>1 950.00 €</t>
+          <t>3 150.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="115">
       <c r="A115" s="3"/>
       <c r="B115" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>-81.00 %</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>-27.89 %</t>
+          <t>-20.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B116" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -2196,137 +2196,137 @@
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B120" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>1 950.00 €</t>
+          <t>2 780.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>-81.00 %</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
-          <t>-27.89 %</t>
+          <t>-22.59 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B127" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -2412,51 +2412,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2527,124 +2527,124 @@
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B140" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>9 870.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
           <t>11 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>-1.30 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
           <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B142" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
-          <t>13 050.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>5.47 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2715,124 +2715,124 @@
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B151" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>9 870.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
-          <t>10 910.00 €</t>
+          <t>11 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="152">
       <c r="A152" s="3"/>
       <c r="B152" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>-1.30 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
-          <t>1.76 %</t>
+          <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B153" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2908,119 +2908,119 @@
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B162" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>10 910.00 €</t>
+          <t>11 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>1.76 %</t>
+          <t>1.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
           <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3096,119 +3096,119 @@
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B173" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
-          <t>1.57 %</t>
+          <t>1.76 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>13 010.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3284,119 +3284,119 @@
       </c>
       <c r="D183" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B184" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D184" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="185">
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D185" s="3" t="inlineStr">
         <is>
-          <t>1.57 %</t>
+          <t>1.76 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
           <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
           <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3512,79 +3512,79 @@
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
           <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>28/03/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3660,119 +3660,119 @@
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B206" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>10 740.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="207">
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>1.44 %</t>
+          <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>13 010.00 €</t>
+          <t>13 050.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.47 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>29/02/2024</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D212" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3848,119 +3848,119 @@
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B217" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D217" s="3" t="inlineStr">
         <is>
-          <t>10 720.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="218">
       <c r="A218" s="3"/>
       <c r="B218" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D218" s="3" t="inlineStr">
         <is>
-          <t>1.40 %</t>
+          <t>1.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B219" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D219" s="3" t="inlineStr">
         <is>
           <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D220" s="3" t="inlineStr">
         <is>
           <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>31/01/2024</t>
+          <t>28/03/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B223" s="3"/>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D223" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4036,119 +4036,119 @@
       </c>
       <c r="D227" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B228" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D228" s="3" t="inlineStr">
         <is>
-          <t>10 720.00 €</t>
+          <t>10 740.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="229">
       <c r="A229" s="3"/>
       <c r="B229" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>-1.30 %</t>
         </is>
       </c>
       <c r="D229" s="3" t="inlineStr">
         <is>
-          <t>1.40 %</t>
+          <t>1.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B230" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D230" s="3" t="inlineStr">
         <is>
-          <t>13 030.00 €</t>
+          <t>13 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D231" s="3" t="inlineStr">
         <is>
-          <t>5.44 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>29/02/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B234" s="3"/>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D234" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4219,177 +4219,177 @@
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D238" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B239" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>9 840.00 €</t>
+          <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D239" s="3" t="inlineStr">
         <is>
-          <t>10 690.00 €</t>
+          <t>10 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="240">
       <c r="A240" s="3"/>
       <c r="B240" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>-1.60 %</t>
+          <t>-1.30 %</t>
         </is>
       </c>
       <c r="D240" s="3" t="inlineStr">
         <is>
-          <t>1.34 %</t>
+          <t>1.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B241" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D241" s="3" t="inlineStr">
         <is>
-          <t>13 110.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D242" s="3" t="inlineStr">
         <is>
-          <t>5.57 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>30/11/2023</t>
+          <t>31/01/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B245" s="3"/>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D245" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B246" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>1 910.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D246" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="247">
       <c r="A247" s="3"/>
       <c r="B247" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>-80.90 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D247" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B248" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D248" s="3" t="inlineStr">
@@ -4407,177 +4407,177 @@
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D249" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B250" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>9 840.00 €</t>
+          <t>9 870.00 €</t>
         </is>
       </c>
       <c r="D250" s="3" t="inlineStr">
         <is>
-          <t>10 670.00 €</t>
+          <t>10 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="251">
       <c r="A251" s="3"/>
       <c r="B251" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>-1.60 %</t>
+          <t>-1.30 %</t>
         </is>
       </c>
       <c r="D251" s="3" t="inlineStr">
         <is>
-          <t>1.31 %</t>
+          <t>1.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B252" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D252" s="3" t="inlineStr">
         <is>
-          <t>12 830.00 €</t>
+          <t>13 030.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D253" s="3" t="inlineStr">
         <is>
-          <t>5.11 %</t>
+          <t>5.44 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>31/10/2023</t>
+          <t>29/12/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B256" s="3"/>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D256" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B257" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>1 910.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D257" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="258">
       <c r="A258" s="3"/>
       <c r="B258" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>-80.90 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D258" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B259" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D259" s="3" t="inlineStr">
@@ -4595,124 +4595,124 @@
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D260" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B261" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 840.00 €</t>
         </is>
       </c>
       <c r="D261" s="3" t="inlineStr">
         <is>
-          <t>10 670.00 €</t>
+          <t>10 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="262">
       <c r="A262" s="3"/>
       <c r="B262" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-1.60 %</t>
         </is>
       </c>
       <c r="D262" s="3" t="inlineStr">
         <is>
-          <t>1.31 %</t>
+          <t>1.34 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B263" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D263" s="3" t="inlineStr">
         <is>
-          <t>12 830.00 €</t>
+          <t>13 110.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D264" s="3" t="inlineStr">
         <is>
-          <t>5.11 %</t>
+          <t>5.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
-          <t>29/09/2023</t>
+          <t>30/11/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B267" s="3"/>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D267" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -4783,69 +4783,69 @@
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D271" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B272" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 840.00 €</t>
         </is>
       </c>
       <c r="D272" s="3" t="inlineStr">
         <is>
           <t>10 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="273">
       <c r="A273" s="3"/>
       <c r="B273" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-1.60 %</t>
         </is>
       </c>
       <c r="D273" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B274" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D274" s="3" t="inlineStr">
@@ -4856,104 +4856,104 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D275" s="3" t="inlineStr">
         <is>
           <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>31/08/2023</t>
+          <t>31/10/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B278" s="3"/>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D278" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B279" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>1 910.00 €</t>
         </is>
       </c>
       <c r="D279" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="280">
       <c r="A280" s="3"/>
       <c r="B280" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-80.90 %</t>
         </is>
       </c>
       <c r="D280" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B281" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D281" s="3" t="inlineStr">
@@ -5044,104 +5044,104 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D286" s="3" t="inlineStr">
         <is>
           <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>31/07/2023</t>
+          <t>29/09/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B289" s="3"/>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D289" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B290" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>1 900.00 €</t>
+          <t>1 910.00 €</t>
         </is>
       </c>
       <c r="D290" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="291">
       <c r="A291" s="3"/>
       <c r="B291" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
-          <t>-81.00 %</t>
+          <t>-80.90 %</t>
         </is>
       </c>
       <c r="D291" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B292" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D292" s="3" t="inlineStr">
@@ -5204,79 +5204,79 @@
       </c>
       <c r="D295" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B296" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D296" s="3" t="inlineStr">
         <is>
-          <t>12 900.00 €</t>
+          <t>12 830.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D297" s="3" t="inlineStr">
         <is>
-          <t>5.22 %</t>
+          <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>30/06/2023</t>
+          <t>31/08/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B300" s="3"/>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D300" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5392,79 +5392,79 @@
       </c>
       <c r="D306" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B307" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D307" s="3" t="inlineStr">
         <is>
-          <t>13 250.00 €</t>
+          <t>12 830.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D308" s="3" t="inlineStr">
         <is>
-          <t>5.79 %</t>
+          <t>5.11 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>31/03/2023</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B311" s="3"/>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D311" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -5580,137 +5580,137 @@
       </c>
       <c r="D317" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B318" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D318" s="3" t="inlineStr">
         <is>
-          <t>13 540.00 €</t>
+          <t>12 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="319">
       <c r="A319" s="3"/>
       <c r="B319" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D319" s="3" t="inlineStr">
         <is>
-          <t>6.25 %</t>
+          <t>5.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>28/02/2023</t>
+          <t>30/06/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B322" s="3"/>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D322" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B323" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
-          <t>5 070.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D323" s="3" t="inlineStr">
         <is>
-          <t>1 960.00 €</t>
+          <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="324">
       <c r="A324" s="3"/>
       <c r="B324" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
-          <t>-49.30 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D324" s="3" t="inlineStr">
         <is>
-          <t>-27.81 %</t>
+          <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B325" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D325" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -5768,132 +5768,132 @@
       </c>
       <c r="D328" s="3" t="inlineStr">
         <is>
           <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B329" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D329" s="3" t="inlineStr">
         <is>
-          <t>13 640.00 €</t>
+          <t>13 250.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D330" s="3" t="inlineStr">
         <is>
-          <t>6.41 %</t>
+          <t>5.79 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>31/01/2023</t>
+          <t>31/03/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B333" s="3"/>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D333" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B334" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
-          <t>5 060.00 €</t>
+          <t>1 900.00 €</t>
         </is>
       </c>
       <c r="D334" s="3" t="inlineStr">
         <is>
           <t>1 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="335">
       <c r="A335" s="3"/>
       <c r="B335" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
-          <t>-49.40 %</t>
+          <t>-81.00 %</t>
         </is>
       </c>
       <c r="D335" s="3" t="inlineStr">
         <is>
           <t>-27.89 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B336" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D336" s="3" t="inlineStr">
@@ -5916,177 +5916,177 @@
       </c>
       <c r="D337" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B338" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>9 770.00 €</t>
         </is>
       </c>
       <c r="D338" s="3" t="inlineStr">
         <is>
-          <t>10 690.00 €</t>
+          <t>10 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="339">
       <c r="A339" s="3"/>
       <c r="B339" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
       <c r="D339" s="3" t="inlineStr">
         <is>
-          <t>1.34 %</t>
+          <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B340" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D340" s="3" t="inlineStr">
         <is>
-          <t>13 900.00 €</t>
+          <t>13 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D341" s="3" t="inlineStr">
         <is>
-          <t>6.81 %</t>
+          <t>6.25 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="343">
       <c r="A343" s="2" t="inlineStr">
         <is>
-          <t>30/12/2022</t>
+          <t>28/02/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B344" s="3"/>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D344" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B345" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
-          <t>5 060.00 €</t>
+          <t>5 070.00 €</t>
         </is>
       </c>
       <c r="D345" s="3" t="inlineStr">
         <is>
-          <t>1 950.00 €</t>
+          <t>1 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="346">
       <c r="A346" s="3"/>
       <c r="B346" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
-          <t>-49.40 %</t>
+          <t>-49.30 %</t>
         </is>
       </c>
       <c r="D346" s="3" t="inlineStr">
         <is>
-          <t>-27.89 %</t>
+          <t>-27.81 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B347" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D347" s="3" t="inlineStr">
         <is>
           <t>7 470.00 €</t>
         </is>
       </c>
     </row>
@@ -6099,124 +6099,124 @@
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D348" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B349" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
-          <t>9 840.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
       <c r="D349" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 670.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="350">
       <c r="A350" s="3"/>
       <c r="B350" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
-          <t>-1.60 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
       <c r="D350" s="3" t="inlineStr">
         <is>
-          <t>1.57 %</t>
+          <t>1.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B351" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D351" s="3" t="inlineStr">
         <is>
-          <t>13 960.00 €</t>
+          <t>13 640.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D352" s="3" t="inlineStr">
         <is>
-          <t>6.90 %</t>
+          <t>6.41 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="354">
       <c r="A354" s="2" t="inlineStr">
         <is>
-          <t>30/11/2022</t>
+          <t>31/01/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B355" s="3"/>
       <c r="C355" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D355" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -6287,112 +6287,488 @@
       </c>
       <c r="C359" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D359" s="3" t="inlineStr">
         <is>
           <t>-5.67 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B360" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
-          <t>9 870.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
       <c r="D360" s="3" t="inlineStr">
         <is>
-          <t>10 820.00 €</t>
+          <t>10 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="361">
       <c r="A361" s="3"/>
       <c r="B361" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
-          <t>-1.30 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
       <c r="D361" s="3" t="inlineStr">
         <is>
-          <t>1.59 %</t>
+          <t>1.34 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B362" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
           <t>13 020.00 €</t>
         </is>
       </c>
       <c r="D362" s="3" t="inlineStr">
         <is>
-          <t>14 300.00 €</t>
+          <t>13 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="363">
       <c r="A363" s="3"/>
       <c r="B363" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>30.20 %</t>
         </is>
       </c>
       <c r="D363" s="3" t="inlineStr">
+        <is>
+          <t>6.81 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="365">
+      <c r="A365" s="2" t="inlineStr">
+        <is>
+          <t>30/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="366">
+      <c r="A366" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B366" s="3"/>
+      <c r="C366" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D366" s="3" t="inlineStr">
+        <is>
+          <t>5 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="367">
+      <c r="A367" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B367" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C367" s="3" t="inlineStr">
+        <is>
+          <t>5 060.00 €</t>
+        </is>
+      </c>
+      <c r="D367" s="3" t="inlineStr">
+        <is>
+          <t>1 950.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="368">
+      <c r="A368" s="3"/>
+      <c r="B368" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C368" s="3" t="inlineStr">
+        <is>
+          <t>-49.40 %</t>
+        </is>
+      </c>
+      <c r="D368" s="3" t="inlineStr">
+        <is>
+          <t>-27.89 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="369">
+      <c r="A369" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B369" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C369" s="3" t="inlineStr">
+        <is>
+          <t>7 750.00 €</t>
+        </is>
+      </c>
+      <c r="D369" s="3" t="inlineStr">
+        <is>
+          <t>7 470.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="370">
+      <c r="A370" s="3"/>
+      <c r="B370" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C370" s="3" t="inlineStr">
+        <is>
+          <t>-22.50 %</t>
+        </is>
+      </c>
+      <c r="D370" s="3" t="inlineStr">
+        <is>
+          <t>-5.67 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="371">
+      <c r="A371" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B371" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C371" s="3" t="inlineStr">
+        <is>
+          <t>9 840.00 €</t>
+        </is>
+      </c>
+      <c r="D371" s="3" t="inlineStr">
+        <is>
+          <t>10 810.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="372">
+      <c r="A372" s="3"/>
+      <c r="B372" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C372" s="3" t="inlineStr">
+        <is>
+          <t>-1.60 %</t>
+        </is>
+      </c>
+      <c r="D372" s="3" t="inlineStr">
+        <is>
+          <t>1.57 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="373">
+      <c r="A373" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B373" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C373" s="3" t="inlineStr">
+        <is>
+          <t>13 020.00 €</t>
+        </is>
+      </c>
+      <c r="D373" s="3" t="inlineStr">
+        <is>
+          <t>13 960.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="374">
+      <c r="A374" s="3"/>
+      <c r="B374" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C374" s="3" t="inlineStr">
+        <is>
+          <t>30.20 %</t>
+        </is>
+      </c>
+      <c r="D374" s="3" t="inlineStr">
+        <is>
+          <t>6.90 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="376">
+      <c r="A376" s="2" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="377">
+      <c r="A377" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B377" s="3"/>
+      <c r="C377" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D377" s="3" t="inlineStr">
+        <is>
+          <t>5 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="378">
+      <c r="A378" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B378" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C378" s="3" t="inlineStr">
+        <is>
+          <t>5 060.00 €</t>
+        </is>
+      </c>
+      <c r="D378" s="3" t="inlineStr">
+        <is>
+          <t>1 950.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="379">
+      <c r="A379" s="3"/>
+      <c r="B379" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C379" s="3" t="inlineStr">
+        <is>
+          <t>-49.40 %</t>
+        </is>
+      </c>
+      <c r="D379" s="3" t="inlineStr">
+        <is>
+          <t>-27.89 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="380">
+      <c r="A380" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B380" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C380" s="3" t="inlineStr">
+        <is>
+          <t>7 750.00 €</t>
+        </is>
+      </c>
+      <c r="D380" s="3" t="inlineStr">
+        <is>
+          <t>7 470.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="381">
+      <c r="A381" s="3"/>
+      <c r="B381" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C381" s="3" t="inlineStr">
+        <is>
+          <t>-22.50 %</t>
+        </is>
+      </c>
+      <c r="D381" s="3" t="inlineStr">
+        <is>
+          <t>-5.67 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="382">
+      <c r="A382" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B382" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C382" s="3" t="inlineStr">
+        <is>
+          <t>9 870.00 €</t>
+        </is>
+      </c>
+      <c r="D382" s="3" t="inlineStr">
+        <is>
+          <t>10 820.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="383">
+      <c r="A383" s="3"/>
+      <c r="B383" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C383" s="3" t="inlineStr">
+        <is>
+          <t>-1.30 %</t>
+        </is>
+      </c>
+      <c r="D383" s="3" t="inlineStr">
+        <is>
+          <t>1.59 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="384">
+      <c r="A384" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B384" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C384" s="3" t="inlineStr">
+        <is>
+          <t>13 020.00 €</t>
+        </is>
+      </c>
+      <c r="D384" s="3" t="inlineStr">
+        <is>
+          <t>14 300.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="385">
+      <c r="A385" s="3"/>
+      <c r="B385" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C385" s="3" t="inlineStr">
+        <is>
+          <t>30.20 %</t>
+        </is>
+      </c>
+      <c r="D385" s="3" t="inlineStr">
         <is>
           <t>7.42 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -6554,50 +6930,62 @@
     <mergeCell ref="A318:A319"/>
     <mergeCell ref="A321:E321"/>
     <mergeCell ref="A322:B322"/>
     <mergeCell ref="A323:A324"/>
     <mergeCell ref="A325:A326"/>
     <mergeCell ref="A327:A328"/>
     <mergeCell ref="A329:A330"/>
     <mergeCell ref="A332:E332"/>
     <mergeCell ref="A333:B333"/>
     <mergeCell ref="A334:A335"/>
     <mergeCell ref="A336:A337"/>
     <mergeCell ref="A338:A339"/>
     <mergeCell ref="A340:A341"/>
     <mergeCell ref="A343:E343"/>
     <mergeCell ref="A344:B344"/>
     <mergeCell ref="A345:A346"/>
     <mergeCell ref="A347:A348"/>
     <mergeCell ref="A349:A350"/>
     <mergeCell ref="A351:A352"/>
     <mergeCell ref="A354:E354"/>
     <mergeCell ref="A355:B355"/>
     <mergeCell ref="A356:A357"/>
     <mergeCell ref="A358:A359"/>
     <mergeCell ref="A360:A361"/>
     <mergeCell ref="A362:A363"/>
+    <mergeCell ref="A365:E365"/>
+    <mergeCell ref="A366:B366"/>
+    <mergeCell ref="A367:A368"/>
+    <mergeCell ref="A369:A370"/>
+    <mergeCell ref="A371:A372"/>
+    <mergeCell ref="A373:A374"/>
+    <mergeCell ref="A376:E376"/>
+    <mergeCell ref="A377:B377"/>
+    <mergeCell ref="A378:A379"/>
+    <mergeCell ref="A380:A381"/>
+    <mergeCell ref="A382:A383"/>
+    <mergeCell ref="A384:A385"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>