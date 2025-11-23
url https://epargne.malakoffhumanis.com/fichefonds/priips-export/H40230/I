--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E341"/>
+  <dimension ref="A1:E352"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -299,51 +299,51 @@
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -442,51 +442,51 @@
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -585,51 +585,51 @@
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -675,104 +675,104 @@
       <c r="A40" s="3"/>
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 760.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-2.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -871,51 +871,51 @@
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1014,94 +1014,94 @@
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 640.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.60 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1157,94 +1157,94 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>9 530.00 €</t>
+          <t>9 620.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-4.70 %</t>
+          <t>-3.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1300,51 +1300,51 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1443,51 +1443,51 @@
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1586,51 +1586,51 @@
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1729,51 +1729,51 @@
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1872,51 +1872,51 @@
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B136" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2015,94 +2015,94 @@
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>9 520.00 €</t>
+          <t>9 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>-4.80 %</t>
+          <t>-4.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B149" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="150">
       <c r="A150" s="3"/>
       <c r="B150" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -2158,51 +2158,51 @@
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B158" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2278,74 +2278,74 @@
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B169" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2421,74 +2421,74 @@
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B180" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2587,51 +2587,51 @@
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>28/03/2024</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B191" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2707,74 +2707,74 @@
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>29/02/2024</t>
+          <t>28/03/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B202" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2850,74 +2850,74 @@
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>31/01/2024</t>
+          <t>29/02/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B213" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3016,51 +3016,51 @@
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>31/01/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B223" s="3"/>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B224" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3136,74 +3136,74 @@
       <c r="A229" s="3"/>
       <c r="B229" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B230" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>30/11/2023</t>
+          <t>29/12/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B234" s="3"/>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B235" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3279,74 +3279,74 @@
       <c r="A240" s="3"/>
       <c r="B240" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B241" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>-0.20 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>31/10/2023</t>
+          <t>30/11/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B245" s="3"/>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B246" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3422,74 +3422,74 @@
       <c r="A251" s="3"/>
       <c r="B251" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B252" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>9 960.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>-0.40 %</t>
+          <t>-0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>29/09/2023</t>
+          <t>31/10/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B256" s="3"/>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B257" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3588,51 +3588,51 @@
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
-          <t>31/08/2023</t>
+          <t>29/09/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B267" s="3"/>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B268" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3731,51 +3731,51 @@
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>31/07/2023</t>
+          <t>31/08/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B278" s="3"/>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B279" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3851,74 +3851,74 @@
       <c r="A284" s="3"/>
       <c r="B284" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B285" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
-          <t>9 930.00 €</t>
+          <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
-          <t>-0.70 %</t>
+          <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>30/06/2023</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B289" s="3"/>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B290" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3964,104 +3964,104 @@
       <c r="A293" s="3"/>
       <c r="B293" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B294" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>9 780.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="295">
       <c r="A295" s="3"/>
       <c r="B295" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
-          <t>-2.20 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B296" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>9 910.00 €</t>
+          <t>9 930.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>-0.90 %</t>
+          <t>-0.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>31/03/2023</t>
+          <t>30/06/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B300" s="3"/>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B301" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4137,217 +4137,217 @@
       <c r="A306" s="3"/>
       <c r="B306" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B307" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
-          <t>9 900.00 €</t>
+          <t>9 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>-1.00 %</t>
+          <t>-0.90 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>31/01/2023</t>
+          <t>31/03/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B311" s="3"/>
       <c r="C311" s="3" t="inlineStr">
         <is>
-          <t>1 an</t>
+          <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B312" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
-          <t>9 410.00 €</t>
+          <t>9 520.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="313">
       <c r="A313" s="3"/>
       <c r="B313" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
-          <t>-5.90 %</t>
+          <t>-4.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B314" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="315">
       <c r="A315" s="3"/>
       <c r="B315" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B316" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
           <t>9 780.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="317">
       <c r="A317" s="3"/>
       <c r="B317" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B318" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
-          <t>9 890.00 €</t>
+          <t>9 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="319">
       <c r="A319" s="3"/>
       <c r="B319" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
-          <t>-1.10 %</t>
+          <t>-1.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>30/12/2022</t>
+          <t>31/01/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B322" s="3"/>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B323" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4446,51 +4446,51 @@
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>30/11/2022</t>
+          <t>30/12/2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B333" s="3"/>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B334" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4578,50 +4578,193 @@
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B340" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
+        <is>
+          <t>-1.10 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="343">
+      <c r="A343" s="2" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="344">
+      <c r="A344" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B344" s="3"/>
+      <c r="C344" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="345">
+      <c r="A345" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B345" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C345" s="3" t="inlineStr">
+        <is>
+          <t>9 410.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="346">
+      <c r="A346" s="3"/>
+      <c r="B346" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C346" s="3" t="inlineStr">
+        <is>
+          <t>-5.90 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="347">
+      <c r="A347" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B347" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C347" s="3" t="inlineStr">
+        <is>
+          <t>9 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="348">
+      <c r="A348" s="3"/>
+      <c r="B348" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C348" s="3" t="inlineStr">
+        <is>
+          <t>-3.80 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="349">
+      <c r="A349" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B349" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C349" s="3" t="inlineStr">
+        <is>
+          <t>9 780.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="350">
+      <c r="A350" s="3"/>
+      <c r="B350" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C350" s="3" t="inlineStr">
+        <is>
+          <t>-2.20 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="351">
+      <c r="A351" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B351" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C351" s="3" t="inlineStr">
+        <is>
+          <t>9 890.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="352">
+      <c r="A352" s="3"/>
+      <c r="B352" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C352" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -4771,50 +4914,56 @@
     <mergeCell ref="A296:A297"/>
     <mergeCell ref="A299:E299"/>
     <mergeCell ref="A300:B300"/>
     <mergeCell ref="A301:A302"/>
     <mergeCell ref="A303:A304"/>
     <mergeCell ref="A305:A306"/>
     <mergeCell ref="A307:A308"/>
     <mergeCell ref="A310:E310"/>
     <mergeCell ref="A311:B311"/>
     <mergeCell ref="A312:A313"/>
     <mergeCell ref="A314:A315"/>
     <mergeCell ref="A316:A317"/>
     <mergeCell ref="A318:A319"/>
     <mergeCell ref="A321:E321"/>
     <mergeCell ref="A322:B322"/>
     <mergeCell ref="A323:A324"/>
     <mergeCell ref="A325:A326"/>
     <mergeCell ref="A327:A328"/>
     <mergeCell ref="A329:A330"/>
     <mergeCell ref="A332:E332"/>
     <mergeCell ref="A333:B333"/>
     <mergeCell ref="A334:A335"/>
     <mergeCell ref="A336:A337"/>
     <mergeCell ref="A338:A339"/>
     <mergeCell ref="A340:A341"/>
+    <mergeCell ref="A343:E343"/>
+    <mergeCell ref="A344:B344"/>
+    <mergeCell ref="A345:A346"/>
+    <mergeCell ref="A347:A348"/>
+    <mergeCell ref="A349:A350"/>
+    <mergeCell ref="A351:A352"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>