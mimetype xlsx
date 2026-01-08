--- v1 (2025-11-23)
+++ v2 (2026-01-08)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E352"/>
+  <dimension ref="A1:E363"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>31/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -299,51 +299,51 @@
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -442,51 +442,51 @@
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -585,51 +585,51 @@
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -728,51 +728,51 @@
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -818,104 +818,104 @@
       <c r="A51" s="3"/>
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 760.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-2.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1014,51 +1014,51 @@
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1157,94 +1157,94 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 640.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.60 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1300,94 +1300,94 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>9 530.00 €</t>
+          <t>9 620.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>-4.70 %</t>
+          <t>-3.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="95">
       <c r="A95" s="3"/>
       <c r="B95" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1443,51 +1443,51 @@
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1586,51 +1586,51 @@
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1729,51 +1729,51 @@
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1872,51 +1872,51 @@
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B136" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2015,51 +2015,51 @@
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2158,94 +2158,94 @@
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B158" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>9 520.00 €</t>
+          <t>9 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>-4.80 %</t>
+          <t>-4.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B160" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="161">
       <c r="A161" s="3"/>
       <c r="B161" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -2301,51 +2301,51 @@
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B169" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2421,74 +2421,74 @@
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B180" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2564,74 +2564,74 @@
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B191" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2730,51 +2730,51 @@
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>28/03/2024</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B202" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2850,74 +2850,74 @@
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>29/02/2024</t>
+          <t>28/03/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B213" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2993,74 +2993,74 @@
       <c r="A218" s="3"/>
       <c r="B218" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B219" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>31/01/2024</t>
+          <t>29/02/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B223" s="3"/>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B224" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3159,51 +3159,51 @@
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>31/01/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B234" s="3"/>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B235" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3279,74 +3279,74 @@
       <c r="A240" s="3"/>
       <c r="B240" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B241" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>30/11/2023</t>
+          <t>29/12/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B245" s="3"/>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B246" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3422,74 +3422,74 @@
       <c r="A251" s="3"/>
       <c r="B251" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B252" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>-0.20 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>31/10/2023</t>
+          <t>30/11/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B256" s="3"/>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B257" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3565,74 +3565,74 @@
       <c r="A262" s="3"/>
       <c r="B262" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B263" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>9 960.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>-0.40 %</t>
+          <t>-0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
-          <t>29/09/2023</t>
+          <t>31/10/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B267" s="3"/>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B268" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3731,51 +3731,51 @@
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>31/08/2023</t>
+          <t>29/09/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B278" s="3"/>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B279" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3874,51 +3874,51 @@
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>31/07/2023</t>
+          <t>31/08/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B289" s="3"/>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B290" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3994,74 +3994,74 @@
       <c r="A295" s="3"/>
       <c r="B295" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B296" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>9 930.00 €</t>
+          <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>-0.70 %</t>
+          <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>30/06/2023</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B300" s="3"/>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B301" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4107,104 +4107,104 @@
       <c r="A304" s="3"/>
       <c r="B304" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B305" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
-          <t>9 780.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="306">
       <c r="A306" s="3"/>
       <c r="B306" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
-          <t>-2.20 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B307" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
-          <t>9 910.00 €</t>
+          <t>9 930.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>-0.90 %</t>
+          <t>-0.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>31/03/2023</t>
+          <t>30/06/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B311" s="3"/>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B312" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4280,217 +4280,217 @@
       <c r="A317" s="3"/>
       <c r="B317" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B318" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
-          <t>9 900.00 €</t>
+          <t>9 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="319">
       <c r="A319" s="3"/>
       <c r="B319" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
-          <t>-1.00 %</t>
+          <t>-0.90 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>31/01/2023</t>
+          <t>31/03/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B322" s="3"/>
       <c r="C322" s="3" t="inlineStr">
         <is>
-          <t>1 an</t>
+          <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B323" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
-          <t>9 410.00 €</t>
+          <t>9 520.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="324">
       <c r="A324" s="3"/>
       <c r="B324" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
-          <t>-5.90 %</t>
+          <t>-4.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B325" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="326">
       <c r="A326" s="3"/>
       <c r="B326" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B327" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>9 780.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="328">
       <c r="A328" s="3"/>
       <c r="B328" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B329" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
-          <t>9 890.00 €</t>
+          <t>9 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
-          <t>-1.10 %</t>
+          <t>-1.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>30/12/2022</t>
+          <t>31/01/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B333" s="3"/>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B334" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4589,51 +4589,51 @@
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="343">
       <c r="A343" s="2" t="inlineStr">
         <is>
-          <t>30/11/2022</t>
+          <t>30/12/2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B344" s="3"/>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B345" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4721,50 +4721,193 @@
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B351" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
+        <is>
+          <t>-1.10 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="354">
+      <c r="A354" s="2" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="355">
+      <c r="A355" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B355" s="3"/>
+      <c r="C355" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="356">
+      <c r="A356" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B356" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C356" s="3" t="inlineStr">
+        <is>
+          <t>9 410.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="357">
+      <c r="A357" s="3"/>
+      <c r="B357" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C357" s="3" t="inlineStr">
+        <is>
+          <t>-5.90 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="358">
+      <c r="A358" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B358" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C358" s="3" t="inlineStr">
+        <is>
+          <t>9 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="359">
+      <c r="A359" s="3"/>
+      <c r="B359" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C359" s="3" t="inlineStr">
+        <is>
+          <t>-3.80 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="360">
+      <c r="A360" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B360" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C360" s="3" t="inlineStr">
+        <is>
+          <t>9 780.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="361">
+      <c r="A361" s="3"/>
+      <c r="B361" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C361" s="3" t="inlineStr">
+        <is>
+          <t>-2.20 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="362">
+      <c r="A362" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B362" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C362" s="3" t="inlineStr">
+        <is>
+          <t>9 890.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="363">
+      <c r="A363" s="3"/>
+      <c r="B363" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C363" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -4920,50 +5063,56 @@
     <mergeCell ref="A307:A308"/>
     <mergeCell ref="A310:E310"/>
     <mergeCell ref="A311:B311"/>
     <mergeCell ref="A312:A313"/>
     <mergeCell ref="A314:A315"/>
     <mergeCell ref="A316:A317"/>
     <mergeCell ref="A318:A319"/>
     <mergeCell ref="A321:E321"/>
     <mergeCell ref="A322:B322"/>
     <mergeCell ref="A323:A324"/>
     <mergeCell ref="A325:A326"/>
     <mergeCell ref="A327:A328"/>
     <mergeCell ref="A329:A330"/>
     <mergeCell ref="A332:E332"/>
     <mergeCell ref="A333:B333"/>
     <mergeCell ref="A334:A335"/>
     <mergeCell ref="A336:A337"/>
     <mergeCell ref="A338:A339"/>
     <mergeCell ref="A340:A341"/>
     <mergeCell ref="A343:E343"/>
     <mergeCell ref="A344:B344"/>
     <mergeCell ref="A345:A346"/>
     <mergeCell ref="A347:A348"/>
     <mergeCell ref="A349:A350"/>
     <mergeCell ref="A351:A352"/>
+    <mergeCell ref="A354:E354"/>
+    <mergeCell ref="A355:B355"/>
+    <mergeCell ref="A356:A357"/>
+    <mergeCell ref="A358:A359"/>
+    <mergeCell ref="A360:A361"/>
+    <mergeCell ref="A362:A363"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>