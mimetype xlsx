--- v2 (2026-01-08)
+++ v3 (2026-03-01)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E363"/>
+  <dimension ref="A1:E374"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>31/10/2025</t>
+          <t>30/11/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -246,104 +246,104 @@
       <c r="A7" s="3"/>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>9 760.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>-2.40 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>31/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -442,51 +442,51 @@
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -585,51 +585,51 @@
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -728,51 +728,51 @@
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -871,51 +871,51 @@
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -961,104 +961,104 @@
       <c r="A62" s="3"/>
       <c r="B62" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>9 770.00 €</t>
+          <t>9 760.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>-2.30 %</t>
+          <t>-2.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1157,51 +1157,51 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1300,94 +1300,94 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 640.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.60 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="95">
       <c r="A95" s="3"/>
       <c r="B95" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1443,94 +1443,94 @@
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>9 530.00 €</t>
+          <t>9 620.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>-4.70 %</t>
+          <t>-3.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="106">
       <c r="A106" s="3"/>
       <c r="B106" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -1586,51 +1586,51 @@
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1729,51 +1729,51 @@
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -1872,51 +1872,51 @@
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B136" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2015,51 +2015,51 @@
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2158,51 +2158,51 @@
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B158" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2301,94 +2301,94 @@
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B169" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>9 520.00 €</t>
+          <t>9 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="170">
       <c r="A170" s="3"/>
       <c r="B170" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>-4.80 %</t>
+          <t>-4.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B171" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="172">
       <c r="A172" s="3"/>
       <c r="B172" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
@@ -2444,51 +2444,51 @@
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B180" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2564,74 +2564,74 @@
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B191" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2707,74 +2707,74 @@
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B202" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2873,51 +2873,51 @@
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>28/03/2024</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B213" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -2993,74 +2993,74 @@
       <c r="A218" s="3"/>
       <c r="B218" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B219" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>29/02/2024</t>
+          <t>28/03/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B223" s="3"/>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B224" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3136,74 +3136,74 @@
       <c r="A229" s="3"/>
       <c r="B229" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B230" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>31/01/2024</t>
+          <t>29/02/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B234" s="3"/>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B235" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3302,51 +3302,51 @@
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>31/01/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B245" s="3"/>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B246" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3422,74 +3422,74 @@
       <c r="A251" s="3"/>
       <c r="B251" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B252" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>30/11/2023</t>
+          <t>29/12/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B256" s="3"/>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B257" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3565,74 +3565,74 @@
       <c r="A262" s="3"/>
       <c r="B262" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B263" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>-0.20 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
-          <t>31/10/2023</t>
+          <t>30/11/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B267" s="3"/>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B268" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3708,74 +3708,74 @@
       <c r="A273" s="3"/>
       <c r="B273" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B274" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
-          <t>9 960.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>-0.40 %</t>
+          <t>-0.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>29/09/2023</t>
+          <t>31/10/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B278" s="3"/>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B279" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -3874,51 +3874,51 @@
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>31/08/2023</t>
+          <t>29/09/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B289" s="3"/>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B290" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4017,51 +4017,51 @@
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>31/07/2023</t>
+          <t>31/08/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B300" s="3"/>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B301" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4137,74 +4137,74 @@
       <c r="A306" s="3"/>
       <c r="B306" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B307" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
-          <t>9 930.00 €</t>
+          <t>9 960.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>-0.70 %</t>
+          <t>-0.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>30/06/2023</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B311" s="3"/>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B312" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4250,104 +4250,104 @@
       <c r="A315" s="3"/>
       <c r="B315" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B316" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
-          <t>9 780.00 €</t>
+          <t>9 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="317">
       <c r="A317" s="3"/>
       <c r="B317" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
-          <t>-2.20 %</t>
+          <t>-2.30 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B318" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
-          <t>9 910.00 €</t>
+          <t>9 930.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="319">
       <c r="A319" s="3"/>
       <c r="B319" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
-          <t>-0.90 %</t>
+          <t>-0.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>31/03/2023</t>
+          <t>30/06/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B322" s="3"/>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B323" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4423,217 +4423,217 @@
       <c r="A328" s="3"/>
       <c r="B328" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B329" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
-          <t>9 900.00 €</t>
+          <t>9 910.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
-          <t>-1.00 %</t>
+          <t>-0.90 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>31/01/2023</t>
+          <t>31/03/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B333" s="3"/>
       <c r="C333" s="3" t="inlineStr">
         <is>
-          <t>1 an</t>
+          <t>6 mois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B334" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
-          <t>9 410.00 €</t>
+          <t>9 520.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="335">
       <c r="A335" s="3"/>
       <c r="B335" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
-          <t>-5.90 %</t>
+          <t>-4.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B336" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
-          <t>9 620.00 €</t>
+          <t>9 660.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="337">
       <c r="A337" s="3"/>
       <c r="B337" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
-          <t>-3.80 %</t>
+          <t>-3.40 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B338" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>9 780.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="339">
       <c r="A339" s="3"/>
       <c r="B339" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>-2.20 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B340" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
-          <t>9 890.00 €</t>
+          <t>9 900.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
-          <t>-1.10 %</t>
+          <t>-1.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="343">
       <c r="A343" s="2" t="inlineStr">
         <is>
-          <t>30/12/2022</t>
+          <t>31/01/2023</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B344" s="3"/>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B345" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4732,51 +4732,51 @@
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="354">
       <c r="A354" s="2" t="inlineStr">
         <is>
-          <t>30/11/2022</t>
+          <t>30/12/2022</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B355" s="3"/>
       <c r="C355" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B356" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
@@ -4864,50 +4864,193 @@
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B362" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
           <t>9 890.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="363">
       <c r="A363" s="3"/>
       <c r="B363" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
+        <is>
+          <t>-1.10 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="365">
+      <c r="A365" s="2" t="inlineStr">
+        <is>
+          <t>30/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="366">
+      <c r="A366" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B366" s="3"/>
+      <c r="C366" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="367">
+      <c r="A367" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B367" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C367" s="3" t="inlineStr">
+        <is>
+          <t>9 410.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="368">
+      <c r="A368" s="3"/>
+      <c r="B368" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C368" s="3" t="inlineStr">
+        <is>
+          <t>-5.90 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="369">
+      <c r="A369" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B369" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C369" s="3" t="inlineStr">
+        <is>
+          <t>9 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="370">
+      <c r="A370" s="3"/>
+      <c r="B370" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C370" s="3" t="inlineStr">
+        <is>
+          <t>-3.80 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="371">
+      <c r="A371" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B371" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C371" s="3" t="inlineStr">
+        <is>
+          <t>9 780.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="372">
+      <c r="A372" s="3"/>
+      <c r="B372" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C372" s="3" t="inlineStr">
+        <is>
+          <t>-2.20 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="373">
+      <c r="A373" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B373" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C373" s="3" t="inlineStr">
+        <is>
+          <t>9 890.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="374">
+      <c r="A374" s="3"/>
+      <c r="B374" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C374" s="3" t="inlineStr">
         <is>
           <t>-1.10 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -5069,50 +5212,56 @@
     <mergeCell ref="A318:A319"/>
     <mergeCell ref="A321:E321"/>
     <mergeCell ref="A322:B322"/>
     <mergeCell ref="A323:A324"/>
     <mergeCell ref="A325:A326"/>
     <mergeCell ref="A327:A328"/>
     <mergeCell ref="A329:A330"/>
     <mergeCell ref="A332:E332"/>
     <mergeCell ref="A333:B333"/>
     <mergeCell ref="A334:A335"/>
     <mergeCell ref="A336:A337"/>
     <mergeCell ref="A338:A339"/>
     <mergeCell ref="A340:A341"/>
     <mergeCell ref="A343:E343"/>
     <mergeCell ref="A344:B344"/>
     <mergeCell ref="A345:A346"/>
     <mergeCell ref="A347:A348"/>
     <mergeCell ref="A349:A350"/>
     <mergeCell ref="A351:A352"/>
     <mergeCell ref="A354:E354"/>
     <mergeCell ref="A355:B355"/>
     <mergeCell ref="A356:A357"/>
     <mergeCell ref="A358:A359"/>
     <mergeCell ref="A360:A361"/>
     <mergeCell ref="A362:A363"/>
+    <mergeCell ref="A365:E365"/>
+    <mergeCell ref="A366:B366"/>
+    <mergeCell ref="A367:A368"/>
+    <mergeCell ref="A369:A370"/>
+    <mergeCell ref="A371:A372"/>
+    <mergeCell ref="A373:A374"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>