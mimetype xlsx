--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -135,260 +135,260 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E198"/>
+  <dimension ref="A1:E209"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="7">
       <c r="A7" s="3"/>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 040.00 €</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>0.40 %</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>10 370.00 €</t>
+          <t>10 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>1.22 %</t>
+          <t>2.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -464,119 +464,119 @@
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0.30 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>10 360.00 €</t>
+          <t>10 370.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>1.19 %</t>
+          <t>1.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -720,239 +720,239 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="38">
       <c r="A38" s="3"/>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="40">
       <c r="A40" s="3"/>
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>-0.10 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>10 280.00 €</t>
+          <t>10 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>0.92 %</t>
+          <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1063,84 +1063,84 @@
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>10 640.00 €</t>
+          <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>6.40 %</t>
+          <t>6.50 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1251,137 +1251,137 @@
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 640.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>6.40 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>8 700.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>-13.00 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
@@ -1472,51 +1472,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1592,177 +1592,177 @@
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 970.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>8 730.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>-4.43 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -1780,177 +1780,177 @@
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B96" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B98" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>8 720.00 €</t>
+          <t>8 730.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-4.43 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2003,84 +2003,84 @@
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B109" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>10 520.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
-          <t>10 300.00 €</t>
+          <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>5.20 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>0.99 %</t>
+          <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2156,177 +2156,177 @@
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B118" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>10 000.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>0.00 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B120" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 520.00 €</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>10 340.00 €</t>
+          <t>10 300.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>5.20 %</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>1.12 %</t>
+          <t>0.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>8 630.00 €</t>
+          <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>8 680.00 €</t>
+          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>-13.70 %</t>
+          <t>-13.00 %</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
-          <t>-4.61 %</t>
+          <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B127" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2412,109 +2412,109 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B136" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>8 620.00 €</t>
+          <t>8 630.00 €</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
-          <t>8 540.00 €</t>
+          <t>8 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="137">
       <c r="A137" s="3"/>
       <c r="B137" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>-13.80 %</t>
+          <t>-13.70 %</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>-5.12 %</t>
+          <t>-4.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B138" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2532,177 +2532,177 @@
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B140" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>0.03 %</t>
+          <t>0.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B142" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
-          <t>10 350.00 €</t>
+          <t>10 340.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>4.80 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>1.15 %</t>
+          <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>8 530.00 €</t>
+          <t>8 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>-13.80 %</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
-          <t>-5.16 %</t>
+          <t>-5.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B149" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2720,119 +2720,119 @@
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B151" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="152">
       <c r="A152" s="3"/>
       <c r="B152" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
-          <t>0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B153" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
-          <t>10 390.00 €</t>
+          <t>10 350.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>4.80 %</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
-          <t>1.28 %</t>
+          <t>1.15 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2903,500 +2903,500 @@
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B162" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
           <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>10 500.00 €</t>
+          <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>10 410.00 €</t>
+          <t>10 390.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>5.00 %</t>
+          <t>4.80 %</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>1.35 %</t>
+          <t>1.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B169" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>8 210.00 €</t>
+          <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>8 360.00 €</t>
+          <t>8 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="170">
       <c r="A170" s="3"/>
       <c r="B170" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>-17.90 %</t>
+          <t>-13.80 %</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
-          <t>-5.80 %</t>
+          <t>-5.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B171" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>9 010.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
-          <t>8 930.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="172">
       <c r="A172" s="3"/>
       <c r="B172" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>-9.90 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
-          <t>-3.70 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B173" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>10 050.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>0.50 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
-          <t>0.63 %</t>
+          <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 500.00 €</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.00 %</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>1.77 %</t>
+          <t>1.35 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B180" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>8 210.00 €</t>
         </is>
       </c>
       <c r="D180" s="3" t="inlineStr">
         <is>
-          <t>8 300.00 €</t>
+          <t>8 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="181">
       <c r="A181" s="3"/>
       <c r="B181" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
           <t>-17.90 %</t>
         </is>
       </c>
       <c r="D181" s="3" t="inlineStr">
         <is>
-          <t>-6.02 %</t>
+          <t>-5.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B182" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
+          <t>9 010.00 €</t>
+        </is>
+      </c>
+      <c r="D182" s="3" t="inlineStr">
+        <is>
           <t>8 930.00 €</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="183">
       <c r="A183" s="3"/>
       <c r="B183" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>-10.70 %</t>
+          <t>-9.90 %</t>
         </is>
       </c>
       <c r="D183" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-3.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B184" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>10 050.00 €</t>
         </is>
       </c>
       <c r="D184" s="3" t="inlineStr">
         <is>
-          <t>9 950.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="185">
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>-0.30 %</t>
+          <t>0.50 %</t>
         </is>
       </c>
       <c r="D185" s="3" t="inlineStr">
         <is>
-          <t>-0.17 %</t>
+          <t>0.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>10 460.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
-          <t>10 330.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>4.60 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>1.09 %</t>
+          <t>1.77 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3472,107 +3472,295 @@
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
           <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B195" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>9 970.00 €</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>-0.30 %</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 460.00 €</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>10 620.00 €</t>
+          <t>10 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
+          <t>4.60 %</t>
+        </is>
+      </c>
+      <c r="D198" s="3" t="inlineStr">
+        <is>
+          <t>1.09 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
+      <c r="A200" s="2" t="inlineStr">
+        <is>
+          <t>29/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
+      <c r="A201" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B201" s="3"/>
+      <c r="C201" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D201" s="3" t="inlineStr">
+        <is>
+          <t>3 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
+      <c r="A202" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B202" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C202" s="3" t="inlineStr">
+        <is>
+          <t>8 210.00 €</t>
+        </is>
+      </c>
+      <c r="D202" s="3" t="inlineStr">
+        <is>
+          <t>8 300.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="203">
+      <c r="A203" s="3"/>
+      <c r="B203" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C203" s="3" t="inlineStr">
+        <is>
+          <t>-17.90 %</t>
+        </is>
+      </c>
+      <c r="D203" s="3" t="inlineStr">
+        <is>
+          <t>-6.02 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="204">
+      <c r="A204" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B204" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C204" s="3" t="inlineStr">
+        <is>
+          <t>8 930.00 €</t>
+        </is>
+      </c>
+      <c r="D204" s="3" t="inlineStr">
+        <is>
+          <t>8 720.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="205">
+      <c r="A205" s="3"/>
+      <c r="B205" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C205" s="3" t="inlineStr">
+        <is>
+          <t>-10.70 %</t>
+        </is>
+      </c>
+      <c r="D205" s="3" t="inlineStr">
+        <is>
+          <t>-4.46 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="206">
+      <c r="A206" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B206" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C206" s="3" t="inlineStr">
+        <is>
+          <t>9 970.00 €</t>
+        </is>
+      </c>
+      <c r="D206" s="3" t="inlineStr">
+        <is>
+          <t>9 980.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="207">
+      <c r="A207" s="3"/>
+      <c r="B207" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C207" s="3" t="inlineStr">
+        <is>
+          <t>-0.30 %</t>
+        </is>
+      </c>
+      <c r="D207" s="3" t="inlineStr">
+        <is>
+          <t>-0.07 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
+      <c r="A208" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B208" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C208" s="3" t="inlineStr">
+        <is>
+          <t>10 480.00 €</t>
+        </is>
+      </c>
+      <c r="D208" s="3" t="inlineStr">
+        <is>
+          <t>10 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
+      <c r="A209" s="3"/>
+      <c r="B209" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C209" s="3" t="inlineStr">
+        <is>
           <t>4.80 %</t>
         </is>
       </c>
-      <c r="D198" s="3" t="inlineStr">
+      <c r="D209" s="3" t="inlineStr">
         <is>
           <t>2.03 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -3644,50 +3832,56 @@
     <mergeCell ref="A153:A154"/>
     <mergeCell ref="A156:E156"/>
     <mergeCell ref="A157:B157"/>
     <mergeCell ref="A158:A159"/>
     <mergeCell ref="A160:A161"/>
     <mergeCell ref="A162:A163"/>
     <mergeCell ref="A164:A165"/>
     <mergeCell ref="A167:E167"/>
     <mergeCell ref="A168:B168"/>
     <mergeCell ref="A169:A170"/>
     <mergeCell ref="A171:A172"/>
     <mergeCell ref="A173:A174"/>
     <mergeCell ref="A175:A176"/>
     <mergeCell ref="A178:E178"/>
     <mergeCell ref="A179:B179"/>
     <mergeCell ref="A180:A181"/>
     <mergeCell ref="A182:A183"/>
     <mergeCell ref="A184:A185"/>
     <mergeCell ref="A186:A187"/>
     <mergeCell ref="A189:E189"/>
     <mergeCell ref="A190:B190"/>
     <mergeCell ref="A191:A192"/>
     <mergeCell ref="A193:A194"/>
     <mergeCell ref="A195:A196"/>
     <mergeCell ref="A197:A198"/>
+    <mergeCell ref="A200:E200"/>
+    <mergeCell ref="A201:B201"/>
+    <mergeCell ref="A202:A203"/>
+    <mergeCell ref="A204:A205"/>
+    <mergeCell ref="A206:A207"/>
+    <mergeCell ref="A208:A209"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>