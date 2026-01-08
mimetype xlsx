--- v1 (2025-11-23)
+++ v2 (2026-01-08)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E209"/>
+  <dimension ref="A1:E220"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>31/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -316,267 +316,267 @@
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>10 680.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>2.22 %</t>
+          <t>2.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="16">
       <c r="A16" s="3"/>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 040.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>0.40 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>10 370.00 €</t>
+          <t>10 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>1.22 %</t>
+          <t>2.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -652,119 +652,119 @@
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>0.30 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>10 360.00 €</t>
+          <t>10 370.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>1.19 %</t>
+          <t>1.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -908,239 +908,239 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>-0.10 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
-          <t>10 280.00 €</t>
+          <t>10 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
-          <t>0.92 %</t>
+          <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1251,84 +1251,84 @@
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>10 640.00 €</t>
+          <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>6.40 %</t>
+          <t>6.50 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1439,137 +1439,137 @@
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 640.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>6.40 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>8 700.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-13.00 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
@@ -1660,51 +1660,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1780,177 +1780,177 @@
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B96" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 970.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B98" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B103" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>8 730.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>-4.43 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -1968,177 +1968,177 @@
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B107" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="108">
       <c r="A108" s="3"/>
       <c r="B108" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B109" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>8 720.00 €</t>
+          <t>8 730.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="115">
       <c r="A115" s="3"/>
       <c r="B115" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-4.43 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B116" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2191,84 +2191,84 @@
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B120" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>10 520.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>10 300.00 €</t>
+          <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>5.20 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>0.99 %</t>
+          <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2344,177 +2344,177 @@
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B129" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
-          <t>10 000.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="130">
       <c r="A130" s="3"/>
       <c r="B130" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
-          <t>0.00 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B131" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 520.00 €</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>10 340.00 €</t>
+          <t>10 300.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>5.20 %</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>1.12 %</t>
+          <t>0.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B136" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>8 630.00 €</t>
+          <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
-          <t>8 680.00 €</t>
+          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="137">
       <c r="A137" s="3"/>
       <c r="B137" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>-13.70 %</t>
+          <t>-13.00 %</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>-4.61 %</t>
+          <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B138" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2600,109 +2600,109 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>8 620.00 €</t>
+          <t>8 630.00 €</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>8 540.00 €</t>
+          <t>8 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>-13.80 %</t>
+          <t>-13.70 %</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
-          <t>-5.12 %</t>
+          <t>-4.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B149" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2720,177 +2720,177 @@
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B151" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="152">
       <c r="A152" s="3"/>
       <c r="B152" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
-          <t>0.03 %</t>
+          <t>0.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B153" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
-          <t>10 350.00 €</t>
+          <t>10 340.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>4.80 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
-          <t>1.15 %</t>
+          <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B158" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>8 530.00 €</t>
+          <t>8 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>-13.80 %</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>-5.16 %</t>
+          <t>-5.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B160" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2908,119 +2908,119 @@
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B162" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>10 390.00 €</t>
+          <t>10 350.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>4.80 %</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>1.28 %</t>
+          <t>1.15 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3091,500 +3091,500 @@
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B173" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
           <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>10 500.00 €</t>
+          <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>10 410.00 €</t>
+          <t>10 390.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>5.00 %</t>
+          <t>4.80 %</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>1.35 %</t>
+          <t>1.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B180" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>8 210.00 €</t>
+          <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D180" s="3" t="inlineStr">
         <is>
-          <t>8 360.00 €</t>
+          <t>8 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="181">
       <c r="A181" s="3"/>
       <c r="B181" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>-17.90 %</t>
+          <t>-13.80 %</t>
         </is>
       </c>
       <c r="D181" s="3" t="inlineStr">
         <is>
-          <t>-5.80 %</t>
+          <t>-5.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B182" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>9 010.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D182" s="3" t="inlineStr">
         <is>
-          <t>8 930.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="183">
       <c r="A183" s="3"/>
       <c r="B183" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>-9.90 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D183" s="3" t="inlineStr">
         <is>
-          <t>-3.70 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B184" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>10 050.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
       <c r="D184" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="185">
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>0.50 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
       <c r="D185" s="3" t="inlineStr">
         <is>
-          <t>0.63 %</t>
+          <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 500.00 €</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.00 %</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>1.77 %</t>
+          <t>1.35 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B191" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>8 210.00 €</t>
         </is>
       </c>
       <c r="D191" s="3" t="inlineStr">
         <is>
-          <t>8 300.00 €</t>
+          <t>8 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="192">
       <c r="A192" s="3"/>
       <c r="B192" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>-17.90 %</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
-          <t>-6.02 %</t>
+          <t>-5.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B193" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
+          <t>9 010.00 €</t>
+        </is>
+      </c>
+      <c r="D193" s="3" t="inlineStr">
+        <is>
           <t>8 930.00 €</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>-10.70 %</t>
+          <t>-9.90 %</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-3.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B195" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>10 050.00 €</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>9 950.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>-0.30 %</t>
+          <t>0.50 %</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>-0.17 %</t>
+          <t>0.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>10 460.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>10 330.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>4.60 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>1.09 %</t>
+          <t>1.77 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3660,107 +3660,295 @@
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B206" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>9 970.00 €</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="207">
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>-0.30 %</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 460.00 €</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>10 620.00 €</t>
+          <t>10 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
+          <t>4.60 %</t>
+        </is>
+      </c>
+      <c r="D209" s="3" t="inlineStr">
+        <is>
+          <t>1.09 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
+      <c r="A211" s="2" t="inlineStr">
+        <is>
+          <t>29/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
+      <c r="A212" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B212" s="3"/>
+      <c r="C212" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D212" s="3" t="inlineStr">
+        <is>
+          <t>3 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
+      <c r="A213" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B213" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C213" s="3" t="inlineStr">
+        <is>
+          <t>8 210.00 €</t>
+        </is>
+      </c>
+      <c r="D213" s="3" t="inlineStr">
+        <is>
+          <t>8 300.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="214">
+      <c r="A214" s="3"/>
+      <c r="B214" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C214" s="3" t="inlineStr">
+        <is>
+          <t>-17.90 %</t>
+        </is>
+      </c>
+      <c r="D214" s="3" t="inlineStr">
+        <is>
+          <t>-6.02 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="215">
+      <c r="A215" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B215" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C215" s="3" t="inlineStr">
+        <is>
+          <t>8 930.00 €</t>
+        </is>
+      </c>
+      <c r="D215" s="3" t="inlineStr">
+        <is>
+          <t>8 720.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="216">
+      <c r="A216" s="3"/>
+      <c r="B216" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C216" s="3" t="inlineStr">
+        <is>
+          <t>-10.70 %</t>
+        </is>
+      </c>
+      <c r="D216" s="3" t="inlineStr">
+        <is>
+          <t>-4.46 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="217">
+      <c r="A217" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B217" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C217" s="3" t="inlineStr">
+        <is>
+          <t>9 970.00 €</t>
+        </is>
+      </c>
+      <c r="D217" s="3" t="inlineStr">
+        <is>
+          <t>9 980.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="218">
+      <c r="A218" s="3"/>
+      <c r="B218" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C218" s="3" t="inlineStr">
+        <is>
+          <t>-0.30 %</t>
+        </is>
+      </c>
+      <c r="D218" s="3" t="inlineStr">
+        <is>
+          <t>-0.07 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="219">
+      <c r="A219" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B219" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C219" s="3" t="inlineStr">
+        <is>
+          <t>10 480.00 €</t>
+        </is>
+      </c>
+      <c r="D219" s="3" t="inlineStr">
+        <is>
+          <t>10 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
+      <c r="A220" s="3"/>
+      <c r="B220" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C220" s="3" t="inlineStr">
+        <is>
           <t>4.80 %</t>
         </is>
       </c>
-      <c r="D209" s="3" t="inlineStr">
+      <c r="D220" s="3" t="inlineStr">
         <is>
           <t>2.03 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -3838,50 +4026,56 @@
     <mergeCell ref="A164:A165"/>
     <mergeCell ref="A167:E167"/>
     <mergeCell ref="A168:B168"/>
     <mergeCell ref="A169:A170"/>
     <mergeCell ref="A171:A172"/>
     <mergeCell ref="A173:A174"/>
     <mergeCell ref="A175:A176"/>
     <mergeCell ref="A178:E178"/>
     <mergeCell ref="A179:B179"/>
     <mergeCell ref="A180:A181"/>
     <mergeCell ref="A182:A183"/>
     <mergeCell ref="A184:A185"/>
     <mergeCell ref="A186:A187"/>
     <mergeCell ref="A189:E189"/>
     <mergeCell ref="A190:B190"/>
     <mergeCell ref="A191:A192"/>
     <mergeCell ref="A193:A194"/>
     <mergeCell ref="A195:A196"/>
     <mergeCell ref="A197:A198"/>
     <mergeCell ref="A200:E200"/>
     <mergeCell ref="A201:B201"/>
     <mergeCell ref="A202:A203"/>
     <mergeCell ref="A204:A205"/>
     <mergeCell ref="A206:A207"/>
     <mergeCell ref="A208:A209"/>
+    <mergeCell ref="A211:E211"/>
+    <mergeCell ref="A212:B212"/>
+    <mergeCell ref="A213:A214"/>
+    <mergeCell ref="A215:A216"/>
+    <mergeCell ref="A217:A218"/>
+    <mergeCell ref="A219:A220"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>