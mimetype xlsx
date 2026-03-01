--- v2 (2026-01-08)
+++ v3 (2026-03-01)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E220"/>
+  <dimension ref="A1:E231"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>31/10/2025</t>
+          <t>30/11/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -276,119 +276,119 @@
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>10 040.00 €</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0.40 %</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>0.03 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>10 650.00 €</t>
+          <t>10 610.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>10 810.00 €</t>
+          <t>10 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>6.50 %</t>
+          <t>6.10 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>2.63 %</t>
+          <t>2.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>30/09/2025</t>
+          <t>31/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -504,267 +504,267 @@
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>10 680.00 €</t>
+          <t>10 810.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>2.22 %</t>
+          <t>2.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>29/08/2025</t>
+          <t>30/09/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 780.00 €</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>8 790.00 €</t>
+          <t>8 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="29">
       <c r="A29" s="3"/>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>-12.30 %</t>
+          <t>-12.20 %</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>-4.21 %</t>
+          <t>-4.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>10 030.00 €</t>
+          <t>10 040.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>0.30 %</t>
+          <t>0.40 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>10 370.00 €</t>
+          <t>10 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>1.22 %</t>
+          <t>2.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>31/07/2025</t>
+          <t>29/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -840,119 +840,119 @@
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>0.30 %</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>10 360.00 €</t>
+          <t>10 370.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>1.19 %</t>
+          <t>1.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>30/06/2025</t>
+          <t>31/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1096,239 +1096,239 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>30/05/2025</t>
+          <t>30/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="60">
       <c r="A60" s="3"/>
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>8 770.00 €</t>
+          <t>8 790.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>-4.28 %</t>
+          <t>-4.21 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 030.00 €</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>0.20 %</t>
+          <t>0.30 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>-0.10 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
-          <t>10 280.00 €</t>
+          <t>10 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>6.50 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
-          <t>0.92 %</t>
+          <t>1.19 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>30/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1439,84 +1439,84 @@
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>10 640.00 €</t>
+          <t>10 650.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>6.40 %</t>
+          <t>6.50 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>31/03/2025</t>
+          <t>30/04/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1627,137 +1627,137 @@
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
           <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 640.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>6.40 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>28/02/2025</t>
+          <t>31/03/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>8 700.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>-13.00 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
@@ -1848,51 +1848,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>31/01/2025</t>
+          <t>28/02/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B102" s="3"/>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1968,177 +1968,177 @@
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B107" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 970.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="108">
       <c r="A108" s="3"/>
       <c r="B108" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.10 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B109" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
       <c r="A110" s="3"/>
       <c r="B110" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>31/12/2024</t>
+          <t>31/01/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B113" s="3"/>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B114" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>8 730.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="115">
       <c r="A115" s="3"/>
       <c r="B115" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>-4.43 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B116" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2156,177 +2156,177 @@
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B118" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>9 990.00 €</t>
+          <t>9 980.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>-0.03 %</t>
+          <t>-0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B120" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>29/11/2024</t>
+          <t>31/12/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B124" s="3"/>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>8 720.00 €</t>
+          <t>8 730.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>-13.00 %</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-4.43 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B127" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2379,84 +2379,84 @@
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
           <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B131" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>10 520.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>10 300.00 €</t>
+          <t>10 280.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>5.20 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>0.99 %</t>
+          <t>0.92 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>31/10/2024</t>
+          <t>29/11/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -2532,177 +2532,177 @@
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B140" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>10 000.00 €</t>
+          <t>9 990.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>0.00 %</t>
+          <t>-0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B142" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>10 530.00 €</t>
+          <t>10 520.00 €</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
-          <t>10 340.00 €</t>
+          <t>10 300.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>5.30 %</t>
+          <t>5.20 %</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>1.12 %</t>
+          <t>0.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>30/09/2024</t>
+          <t>31/10/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B147" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>8 630.00 €</t>
+          <t>8 700.00 €</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>8 680.00 €</t>
+          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>-13.70 %</t>
+          <t>-13.00 %</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
-          <t>-4.61 %</t>
+          <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B149" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2788,109 +2788,109 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>5.30 %</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>30/08/2024</t>
+          <t>30/09/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B158" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>8 620.00 €</t>
+          <t>8 630.00 €</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>8 540.00 €</t>
+          <t>8 680.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>-13.80 %</t>
+          <t>-13.70 %</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>-5.12 %</t>
+          <t>-4.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B160" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -2908,177 +2908,177 @@
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B162" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 000.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>0.03 %</t>
+          <t>0.00 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 530.00 €</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>10 350.00 €</t>
+          <t>10 340.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="165">
       <c r="A165" s="3"/>
       <c r="B165" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>4.80 %</t>
+          <t>5.30 %</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>1.15 %</t>
+          <t>1.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>31/07/2024</t>
+          <t>30/08/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B169" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>8 530.00 €</t>
+          <t>8 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="170">
       <c r="A170" s="3"/>
       <c r="B170" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>-13.80 %</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
-          <t>-5.16 %</t>
+          <t>-5.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B171" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
           <t>8 770.00 €</t>
         </is>
       </c>
     </row>
@@ -3096,119 +3096,119 @@
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B173" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
-          <t>10 020.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>0.20 %</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
-          <t>0.07 %</t>
+          <t>0.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B175" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>10 390.00 €</t>
+          <t>10 350.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>4.80 %</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>1.28 %</t>
+          <t>1.15 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>28/06/2024</t>
+          <t>31/07/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3279,500 +3279,500 @@
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>-12.30 %</t>
         </is>
       </c>
       <c r="D183" s="3" t="inlineStr">
         <is>
           <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B184" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>10 010.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
       <c r="D184" s="3" t="inlineStr">
         <is>
           <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="185">
       <c r="A185" s="3"/>
       <c r="B185" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>0.10 %</t>
+          <t>0.20 %</t>
         </is>
       </c>
       <c r="D185" s="3" t="inlineStr">
         <is>
           <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B186" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>10 500.00 €</t>
+          <t>10 480.00 €</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
-          <t>10 410.00 €</t>
+          <t>10 390.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>5.00 %</t>
+          <t>4.80 %</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>1.35 %</t>
+          <t>1.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>31/05/2024</t>
+          <t>28/06/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B190" s="3"/>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B191" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>8 210.00 €</t>
+          <t>8 620.00 €</t>
         </is>
       </c>
       <c r="D191" s="3" t="inlineStr">
         <is>
-          <t>8 360.00 €</t>
+          <t>8 530.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="192">
       <c r="A192" s="3"/>
       <c r="B192" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>-17.90 %</t>
+          <t>-13.80 %</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
-          <t>-5.80 %</t>
+          <t>-5.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B193" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>9 010.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
       <c r="D193" s="3" t="inlineStr">
         <is>
-          <t>8 930.00 €</t>
+          <t>8 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>-9.90 %</t>
+          <t>-12.30 %</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
-          <t>-3.70 %</t>
+          <t>-4.28 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B195" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>10 050.00 €</t>
+          <t>10 010.00 €</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>10 190.00 €</t>
+          <t>10 020.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>0.50 %</t>
+          <t>0.10 %</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>0.63 %</t>
+          <t>0.07 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B197" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 500.00 €</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>10 540.00 €</t>
+          <t>10 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>5.40 %</t>
+          <t>5.00 %</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>1.77 %</t>
+          <t>1.35 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>30/04/2024</t>
+          <t>31/05/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B201" s="3"/>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B202" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>8 210.00 €</t>
         </is>
       </c>
       <c r="D202" s="3" t="inlineStr">
         <is>
-          <t>8 300.00 €</t>
+          <t>8 360.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="203">
       <c r="A203" s="3"/>
       <c r="B203" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>-17.90 %</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
         <is>
-          <t>-6.02 %</t>
+          <t>-5.80 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B204" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
+          <t>9 010.00 €</t>
+        </is>
+      </c>
+      <c r="D204" s="3" t="inlineStr">
+        <is>
           <t>8 930.00 €</t>
-        </is>
-[...3 lines deleted...]
-          <t>8 720.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="205">
       <c r="A205" s="3"/>
       <c r="B205" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>-10.70 %</t>
+          <t>-9.90 %</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-3.70 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B206" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>9 970.00 €</t>
+          <t>10 050.00 €</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>9 950.00 €</t>
+          <t>10 190.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="207">
       <c r="A207" s="3"/>
       <c r="B207" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>-0.30 %</t>
+          <t>0.50 %</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>-0.17 %</t>
+          <t>0.63 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B208" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>10 460.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>10 330.00 €</t>
+          <t>10 540.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>4.60 %</t>
+          <t>5.40 %</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
-          <t>1.09 %</t>
+          <t>1.77 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>29/12/2023</t>
+          <t>30/04/2024</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B212" s="3"/>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D212" s="3" t="inlineStr">
         <is>
           <t>3 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -3848,107 +3848,295 @@
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
           <t>-4.46 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B217" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>9 970.00 €</t>
         </is>
       </c>
       <c r="D217" s="3" t="inlineStr">
         <is>
-          <t>9 980.00 €</t>
+          <t>9 950.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="218">
       <c r="A218" s="3"/>
       <c r="B218" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>-0.30 %</t>
         </is>
       </c>
       <c r="D218" s="3" t="inlineStr">
         <is>
-          <t>-0.07 %</t>
+          <t>-0.17 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B219" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>10 480.00 €</t>
+          <t>10 460.00 €</t>
         </is>
       </c>
       <c r="D219" s="3" t="inlineStr">
         <is>
-          <t>10 620.00 €</t>
+          <t>10 330.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
+          <t>4.60 %</t>
+        </is>
+      </c>
+      <c r="D220" s="3" t="inlineStr">
+        <is>
+          <t>1.09 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="222">
+      <c r="A222" s="2" t="inlineStr">
+        <is>
+          <t>29/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="223">
+      <c r="A223" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B223" s="3"/>
+      <c r="C223" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D223" s="3" t="inlineStr">
+        <is>
+          <t>3 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="224">
+      <c r="A224" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B224" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C224" s="3" t="inlineStr">
+        <is>
+          <t>8 210.00 €</t>
+        </is>
+      </c>
+      <c r="D224" s="3" t="inlineStr">
+        <is>
+          <t>8 300.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="225">
+      <c r="A225" s="3"/>
+      <c r="B225" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C225" s="3" t="inlineStr">
+        <is>
+          <t>-17.90 %</t>
+        </is>
+      </c>
+      <c r="D225" s="3" t="inlineStr">
+        <is>
+          <t>-6.02 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="226">
+      <c r="A226" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B226" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C226" s="3" t="inlineStr">
+        <is>
+          <t>8 930.00 €</t>
+        </is>
+      </c>
+      <c r="D226" s="3" t="inlineStr">
+        <is>
+          <t>8 720.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="227">
+      <c r="A227" s="3"/>
+      <c r="B227" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C227" s="3" t="inlineStr">
+        <is>
+          <t>-10.70 %</t>
+        </is>
+      </c>
+      <c r="D227" s="3" t="inlineStr">
+        <is>
+          <t>-4.46 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="228">
+      <c r="A228" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B228" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C228" s="3" t="inlineStr">
+        <is>
+          <t>9 970.00 €</t>
+        </is>
+      </c>
+      <c r="D228" s="3" t="inlineStr">
+        <is>
+          <t>9 980.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="229">
+      <c r="A229" s="3"/>
+      <c r="B229" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C229" s="3" t="inlineStr">
+        <is>
+          <t>-0.30 %</t>
+        </is>
+      </c>
+      <c r="D229" s="3" t="inlineStr">
+        <is>
+          <t>-0.07 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="230">
+      <c r="A230" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B230" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C230" s="3" t="inlineStr">
+        <is>
+          <t>10 480.00 €</t>
+        </is>
+      </c>
+      <c r="D230" s="3" t="inlineStr">
+        <is>
+          <t>10 620.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="231">
+      <c r="A231" s="3"/>
+      <c r="B231" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C231" s="3" t="inlineStr">
+        <is>
           <t>4.80 %</t>
         </is>
       </c>
-      <c r="D220" s="3" t="inlineStr">
+      <c r="D231" s="3" t="inlineStr">
         <is>
           <t>2.03 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -4032,50 +4220,56 @@
     <mergeCell ref="A175:A176"/>
     <mergeCell ref="A178:E178"/>
     <mergeCell ref="A179:B179"/>
     <mergeCell ref="A180:A181"/>
     <mergeCell ref="A182:A183"/>
     <mergeCell ref="A184:A185"/>
     <mergeCell ref="A186:A187"/>
     <mergeCell ref="A189:E189"/>
     <mergeCell ref="A190:B190"/>
     <mergeCell ref="A191:A192"/>
     <mergeCell ref="A193:A194"/>
     <mergeCell ref="A195:A196"/>
     <mergeCell ref="A197:A198"/>
     <mergeCell ref="A200:E200"/>
     <mergeCell ref="A201:B201"/>
     <mergeCell ref="A202:A203"/>
     <mergeCell ref="A204:A205"/>
     <mergeCell ref="A206:A207"/>
     <mergeCell ref="A208:A209"/>
     <mergeCell ref="A211:E211"/>
     <mergeCell ref="A212:B212"/>
     <mergeCell ref="A213:A214"/>
     <mergeCell ref="A215:A216"/>
     <mergeCell ref="A217:A218"/>
     <mergeCell ref="A219:A220"/>
+    <mergeCell ref="A222:E222"/>
+    <mergeCell ref="A223:B223"/>
+    <mergeCell ref="A224:A225"/>
+    <mergeCell ref="A226:A227"/>
+    <mergeCell ref="A228:A229"/>
+    <mergeCell ref="A230:A231"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>