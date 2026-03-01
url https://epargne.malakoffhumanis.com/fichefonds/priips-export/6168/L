--- v0 (2025-10-07)
+++ v1 (2026-03-01)
@@ -135,260 +135,260 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E55"/>
+  <dimension ref="A1:E66"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>14/08/2025</t>
+          <t>03/12/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>4 170.00 €</t>
+          <t>4 180.00 €</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>3 460.00 €</t>
+          <t>3 480.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="5">
       <c r="A5" s="3"/>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>-58.30 %</t>
+          <t>-58.20 %</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>-19.12 %</t>
+          <t>-19.03 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>7 310.00 €</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>8 470.00 €</t>
+          <t>8 430.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="7">
       <c r="A7" s="3"/>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>-26.90 %</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>-3.27 %</t>
+          <t>-3.36 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>9 880.00 €</t>
+          <t>9 960.00 €</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>11 090.00 €</t>
+          <t>11 210.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>-1.20 %</t>
+          <t>-0.40 %</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>2.09 %</t>
+          <t>2.31 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>15 050.00 €</t>
+          <t>15 040.00 €</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>14 450.00 €</t>
+          <t>14 400.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>50.50 %</t>
+          <t>50.40 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>7.64 %</t>
+          <t>7.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>08/07/2025</t>
+          <t>14/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -459,182 +459,182 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>-26.90 %</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>-3.27 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>9 860.00 €</t>
+          <t>9 880.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>11 060.00 €</t>
+          <t>11 090.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>-1.40 %</t>
+          <t>-1.20 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>2.04 %</t>
+          <t>2.09 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>15 050.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>14 450.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>50.50 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>7.64 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>13/06/2025</t>
+          <t>08/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>4 170.00 €</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>3 580.00 €</t>
+          <t>3 460.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>-58.30 %</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>-18.57 %</t>
+          <t>-19.12 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>7 310.00 €</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>8 470.00 €</t>
         </is>
       </c>
     </row>
@@ -647,525 +647,719 @@
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>-26.90 %</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>-3.27 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>9 850.00 €</t>
+          <t>9 860.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>10 970.00 €</t>
+          <t>11 060.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>-1.50 %</t>
+          <t>-1.40 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>1.87 %</t>
+          <t>2.04 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>15 050.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>14 450.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>50.50 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>7.64 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>27/05/2025</t>
+          <t>13/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>4 190.00 €</t>
+          <t>4 170.00 €</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
-          <t>3 770.00 €</t>
+          <t>3 580.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="38">
       <c r="A38" s="3"/>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>-58.10 %</t>
+          <t>-58.30 %</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
-          <t>-17.72 %</t>
+          <t>-18.57 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>7 310.00 €</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>8 130.00 €</t>
+          <t>8 470.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="40">
       <c r="A40" s="3"/>
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>-26.90 %</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
-          <t>-4.06 %</t>
+          <t>-3.27 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>9 850.00 €</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>10 800.00 €</t>
+          <t>10 970.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>-1.50 %</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>1.55 %</t>
+          <t>1.87 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>15 050.00 €</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>14 450.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>50.50 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>7.64 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>02/05/2025</t>
+          <t>27/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>5 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>5 280.00 €</t>
+          <t>4 190.00 €</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>3 840.00 €</t>
+          <t>3 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>-47.20 %</t>
+          <t>-58.10 %</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
-          <t>-17.42 %</t>
+          <t>-17.72 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>7 310.00 €</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>7 960.00 €</t>
+          <t>8 130.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>-26.90 %</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
-          <t>-4.46 %</t>
+          <t>-4.06 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>9 850.00 €</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
-          <t>10 740.00 €</t>
+          <t>10 800.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>-1.50 %</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>1.44 %</t>
+          <t>1.55 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>15 050.00 €</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>14 450.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>50.50 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
+        <is>
+          <t>7.64 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
+      <c r="A57" s="2" t="inlineStr">
+        <is>
+          <t>02/05/2025</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
+      <c r="A58" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B58" s="3"/>
+      <c r="C58" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D58" s="3" t="inlineStr">
+        <is>
+          <t>5 ans</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
+      <c r="A59" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B59" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C59" s="3" t="inlineStr">
+        <is>
+          <t>5 280.00 €</t>
+        </is>
+      </c>
+      <c r="D59" s="3" t="inlineStr">
+        <is>
+          <t>3 840.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="60">
+      <c r="A60" s="3"/>
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C60" s="3" t="inlineStr">
+        <is>
+          <t>-47.20 %</t>
+        </is>
+      </c>
+      <c r="D60" s="3" t="inlineStr">
+        <is>
+          <t>-17.42 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="61">
+      <c r="A61" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C61" s="3" t="inlineStr">
+        <is>
+          <t>7 310.00 €</t>
+        </is>
+      </c>
+      <c r="D61" s="3" t="inlineStr">
+        <is>
+          <t>7 960.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="62">
+      <c r="A62" s="3"/>
+      <c r="B62" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C62" s="3" t="inlineStr">
+        <is>
+          <t>-26.90 %</t>
+        </is>
+      </c>
+      <c r="D62" s="3" t="inlineStr">
+        <is>
+          <t>-4.46 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
+      <c r="A63" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B63" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C63" s="3" t="inlineStr">
+        <is>
+          <t>9 850.00 €</t>
+        </is>
+      </c>
+      <c r="D63" s="3" t="inlineStr">
+        <is>
+          <t>10 740.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
+      <c r="A64" s="3"/>
+      <c r="B64" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C64" s="3" t="inlineStr">
+        <is>
+          <t>-1.50 %</t>
+        </is>
+      </c>
+      <c r="D64" s="3" t="inlineStr">
+        <is>
+          <t>1.44 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B65" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C65" s="3" t="inlineStr">
+        <is>
+          <t>15 050.00 €</t>
+        </is>
+      </c>
+      <c r="D65" s="3" t="inlineStr">
+        <is>
+          <t>14 450.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
+      <c r="A66" s="3"/>
+      <c r="B66" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C66" s="3" t="inlineStr">
+        <is>
+          <t>50.50 %</t>
+        </is>
+      </c>
+      <c r="D66" s="3" t="inlineStr">
         <is>
           <t>7.64 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="A39:A40"/>
     <mergeCell ref="A41:A42"/>
     <mergeCell ref="A43:A44"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="A48:A49"/>
     <mergeCell ref="A50:A51"/>
     <mergeCell ref="A52:A53"/>
     <mergeCell ref="A54:A55"/>
+    <mergeCell ref="A57:E57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="A61:A62"/>
+    <mergeCell ref="A63:A64"/>
+    <mergeCell ref="A65:A66"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>