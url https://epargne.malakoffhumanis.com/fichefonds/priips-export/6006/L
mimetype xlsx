--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E88"/>
+  <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>23/10/2025</t>
+          <t>03/12/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -344,51 +344,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>1.58 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>14/08/2025</t>
+          <t>23/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -419,164 +419,164 @@
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>7 960.00 €</t>
+          <t>7 950.00 €</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>7 790.00 €</t>
+          <t>7 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>-20.40 %</t>
+          <t>-20.50 %</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>-3.50 %</t>
+          <t>-3.54 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>8 700.00 €</t>
+          <t>8 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>-1.97 %</t>
+          <t>-1.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>11 180.00 €</t>
+          <t>11 160.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>1.61 %</t>
+          <t>1.58 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>08/07/2025</t>
+          <t>14/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -720,104 +720,104 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>13/06/2025</t>
+          <t>08/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>7 760.00 €</t>
+          <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>6 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="38">
       <c r="A38" s="3"/>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>-22.40 %</t>
+          <t>-22.50 %</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
@@ -908,51 +908,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>27/05/2025</t>
+          <t>13/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1096,51 +1096,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>02/05/2025</t>
+          <t>27/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1216,177 +1216,177 @@
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>8 740.00 €</t>
+          <t>8 700.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>-1.91 %</t>
+          <t>-1.97 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>11 180.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>01/05/2025</t>
+          <t>02/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
-          <t>7 jours</t>
+          <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>7 580.00 €</t>
+          <t>7 760.00 €</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>6 380.00 €</t>
+          <t>6 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>-24.20 %</t>
+          <t>-22.40 %</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>-6.22 %</t>
+          <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>7 790.00 €</t>
         </is>
       </c>
     </row>
@@ -1404,177 +1404,177 @@
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>8 760.00 €</t>
+          <t>8 740.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="75">
       <c r="A75" s="3"/>
       <c r="B75" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>-1.87 %</t>
+          <t>-1.91 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>11 240.00 €</t>
+          <t>11 180.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>1.68 %</t>
+          <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>01/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>7 jours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>7 580.00 €</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>6 360.00 €</t>
+          <t>6 380.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>-24.20 %</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>-6.26 %</t>
+          <t>-6.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>7 790.00 €</t>
         </is>
       </c>
     </row>
@@ -1592,107 +1592,295 @@
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>8 810.00 €</t>
+          <t>8 760.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>-1.79 %</t>
+          <t>-1.87 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>11 260.00 €</t>
+          <t>11 240.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
+        <is>
+          <t>1.68 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
+      <c r="A90" s="2" t="inlineStr">
+        <is>
+          <t>30/04/2025</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
+      <c r="A91" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B91" s="3"/>
+      <c r="C91" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D91" s="3" t="inlineStr">
+        <is>
+          <t>7 jours</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
+      <c r="A92" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B92" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C92" s="3" t="inlineStr">
+        <is>
+          <t>7 580.00 €</t>
+        </is>
+      </c>
+      <c r="D92" s="3" t="inlineStr">
+        <is>
+          <t>6 360.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
+      <c r="A93" s="3"/>
+      <c r="B93" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C93" s="3" t="inlineStr">
+        <is>
+          <t>-24.20 %</t>
+        </is>
+      </c>
+      <c r="D93" s="3" t="inlineStr">
+        <is>
+          <t>-6.26 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
+      <c r="A94" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B94" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C94" s="3" t="inlineStr">
+        <is>
+          <t>7 960.00 €</t>
+        </is>
+      </c>
+      <c r="D94" s="3" t="inlineStr">
+        <is>
+          <t>7 790.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="95">
+      <c r="A95" s="3"/>
+      <c r="B95" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C95" s="3" t="inlineStr">
+        <is>
+          <t>-20.40 %</t>
+        </is>
+      </c>
+      <c r="D95" s="3" t="inlineStr">
+        <is>
+          <t>-3.50 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="96">
+      <c r="A96" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B96" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C96" s="3" t="inlineStr">
+        <is>
+          <t>9 720.00 €</t>
+        </is>
+      </c>
+      <c r="D96" s="3" t="inlineStr">
+        <is>
+          <t>8 810.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="97">
+      <c r="A97" s="3"/>
+      <c r="B97" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C97" s="3" t="inlineStr">
+        <is>
+          <t>-2.80 %</t>
+        </is>
+      </c>
+      <c r="D97" s="3" t="inlineStr">
+        <is>
+          <t>-1.79 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="98">
+      <c r="A98" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B98" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C98" s="3" t="inlineStr">
+        <is>
+          <t>10 600.00 €</t>
+        </is>
+      </c>
+      <c r="D98" s="3" t="inlineStr">
+        <is>
+          <t>11 260.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C99" s="3" t="inlineStr">
+        <is>
+          <t>6.00 %</t>
+        </is>
+      </c>
+      <c r="D99" s="3" t="inlineStr">
         <is>
           <t>1.71 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -1704,50 +1892,56 @@
     <mergeCell ref="A43:A44"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="A48:A49"/>
     <mergeCell ref="A50:A51"/>
     <mergeCell ref="A52:A53"/>
     <mergeCell ref="A54:A55"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="A59:A60"/>
     <mergeCell ref="A61:A62"/>
     <mergeCell ref="A63:A64"/>
     <mergeCell ref="A65:A66"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="A70:A71"/>
     <mergeCell ref="A72:A73"/>
     <mergeCell ref="A74:A75"/>
     <mergeCell ref="A76:A77"/>
     <mergeCell ref="A79:E79"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="A81:A82"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
+    <mergeCell ref="A90:E90"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="A92:A93"/>
+    <mergeCell ref="A94:A95"/>
+    <mergeCell ref="A96:A97"/>
+    <mergeCell ref="A98:A99"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>