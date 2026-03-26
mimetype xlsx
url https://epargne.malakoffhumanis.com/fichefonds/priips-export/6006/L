--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -135,72 +135,72 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E99"/>
+  <dimension ref="A1:E110"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="6" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>03/12/2025</t>
+          <t>23/12/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -344,51 +344,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="11">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>1.58 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>23/10/2025</t>
+          <t>03/12/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -532,51 +532,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>1.58 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>14/08/2025</t>
+          <t>23/10/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -607,164 +607,164 @@
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>-22.50 %</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>7 960.00 €</t>
+          <t>7 950.00 €</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>7 790.00 €</t>
+          <t>7 770.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="29">
       <c r="A29" s="3"/>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>-20.40 %</t>
+          <t>-20.50 %</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>-3.50 %</t>
+          <t>-3.54 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>8 700.00 €</t>
+          <t>8 690.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>-1.97 %</t>
+          <t>-1.99 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>11 180.00 €</t>
+          <t>11 160.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>1.61 %</t>
+          <t>1.58 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>08/07/2025</t>
+          <t>14/08/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -908,104 +908,104 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="44">
       <c r="A44" s="3"/>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>13/06/2025</t>
+          <t>08/07/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>7 760.00 €</t>
+          <t>7 750.00 €</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>6 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>-22.40 %</t>
+          <t>-22.50 %</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
@@ -1096,51 +1096,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="55">
       <c r="A55" s="3"/>
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>27/05/2025</t>
+          <t>13/06/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B58" s="3"/>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1284,51 +1284,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>02/05/2025</t>
+          <t>27/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
@@ -1404,177 +1404,177 @@
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>8 740.00 €</t>
+          <t>8 700.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="75">
       <c r="A75" s="3"/>
       <c r="B75" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>-1.91 %</t>
+          <t>-1.97 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>11 180.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>01/05/2025</t>
+          <t>02/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
-          <t>7 jours</t>
+          <t>7 ans</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B81" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>7 580.00 €</t>
+          <t>7 760.00 €</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>6 380.00 €</t>
+          <t>6 410.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>-24.20 %</t>
+          <t>-22.40 %</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>-6.22 %</t>
+          <t>-6.16 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>7 790.00 €</t>
         </is>
       </c>
     </row>
@@ -1592,177 +1592,177 @@
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>8 760.00 €</t>
+          <t>8 740.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>-1.87 %</t>
+          <t>-1.91 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B87" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>11 240.00 €</t>
+          <t>11 180.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>1.68 %</t>
+          <t>1.61 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>30/04/2025</t>
+          <t>01/05/2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>scénarios</t>
         </is>
       </c>
       <c r="B91" s="3"/>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>1 an</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
           <t>7 jours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Scénario de tensions</t>
         </is>
       </c>
       <c r="B92" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>7 580.00 €</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>6 360.00 €</t>
+          <t>6 380.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>-24.20 %</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>-6.26 %</t>
+          <t>-6.22 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Scénario défavorable</t>
         </is>
       </c>
       <c r="B94" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>7 960.00 €</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>7 790.00 €</t>
         </is>
       </c>
     </row>
@@ -1780,107 +1780,295 @@
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>-3.50 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Scénario intermédiaire</t>
         </is>
       </c>
       <c r="B96" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>9 720.00 €</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>8 810.00 €</t>
+          <t>8 760.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>-2.80 %</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>-1.79 %</t>
+          <t>-1.87 %</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Scénario favorable</t>
         </is>
       </c>
       <c r="B98" s="3" t="inlineStr">
         <is>
           <t>Ce que vous pourriez obtenir après déduction des coûts</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>10 600.00 €</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>11 260.00 €</t>
+          <t>11 240.00 €</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="3" t="inlineStr">
         <is>
           <t>Rendement annuel moyen</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>6.00 %</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
+        <is>
+          <t>1.68 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="101">
+      <c r="A101" s="2" t="inlineStr">
+        <is>
+          <t>30/04/2025</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="102">
+      <c r="A102" s="3" t="inlineStr">
+        <is>
+          <t>scénarios</t>
+        </is>
+      </c>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3" t="inlineStr">
+        <is>
+          <t>1 an</t>
+        </is>
+      </c>
+      <c r="D102" s="3" t="inlineStr">
+        <is>
+          <t>7 jours</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="103">
+      <c r="A103" s="3" t="inlineStr">
+        <is>
+          <t>Scénario de tensions</t>
+        </is>
+      </c>
+      <c r="B103" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C103" s="3" t="inlineStr">
+        <is>
+          <t>7 580.00 €</t>
+        </is>
+      </c>
+      <c r="D103" s="3" t="inlineStr">
+        <is>
+          <t>6 360.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="104">
+      <c r="A104" s="3"/>
+      <c r="B104" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C104" s="3" t="inlineStr">
+        <is>
+          <t>-24.20 %</t>
+        </is>
+      </c>
+      <c r="D104" s="3" t="inlineStr">
+        <is>
+          <t>-6.26 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="105">
+      <c r="A105" s="3" t="inlineStr">
+        <is>
+          <t>Scénario défavorable</t>
+        </is>
+      </c>
+      <c r="B105" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C105" s="3" t="inlineStr">
+        <is>
+          <t>7 960.00 €</t>
+        </is>
+      </c>
+      <c r="D105" s="3" t="inlineStr">
+        <is>
+          <t>7 790.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="106">
+      <c r="A106" s="3"/>
+      <c r="B106" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C106" s="3" t="inlineStr">
+        <is>
+          <t>-20.40 %</t>
+        </is>
+      </c>
+      <c r="D106" s="3" t="inlineStr">
+        <is>
+          <t>-3.50 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="107">
+      <c r="A107" s="3" t="inlineStr">
+        <is>
+          <t>Scénario intermédiaire</t>
+        </is>
+      </c>
+      <c r="B107" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C107" s="3" t="inlineStr">
+        <is>
+          <t>9 720.00 €</t>
+        </is>
+      </c>
+      <c r="D107" s="3" t="inlineStr">
+        <is>
+          <t>8 810.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="108">
+      <c r="A108" s="3"/>
+      <c r="B108" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C108" s="3" t="inlineStr">
+        <is>
+          <t>-2.80 %</t>
+        </is>
+      </c>
+      <c r="D108" s="3" t="inlineStr">
+        <is>
+          <t>-1.79 %</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="109">
+      <c r="A109" s="3" t="inlineStr">
+        <is>
+          <t>Scénario favorable</t>
+        </is>
+      </c>
+      <c r="B109" s="3" t="inlineStr">
+        <is>
+          <t>Ce que vous pourriez obtenir après déduction des coûts</t>
+        </is>
+      </c>
+      <c r="C109" s="3" t="inlineStr">
+        <is>
+          <t>10 600.00 €</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>11 260.00 €</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="30" outlineLevel="0" r="110">
+      <c r="A110" s="3"/>
+      <c r="B110" s="3" t="inlineStr">
+        <is>
+          <t>Rendement annuel moyen</t>
+        </is>
+      </c>
+      <c r="C110" s="3" t="inlineStr">
+        <is>
+          <t>6.00 %</t>
+        </is>
+      </c>
+      <c r="D110" s="3" t="inlineStr">
         <is>
           <t>1.71 %</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A31"/>
     <mergeCell ref="A32:A33"/>
@@ -1898,50 +2086,56 @@
     <mergeCell ref="A54:A55"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="A59:A60"/>
     <mergeCell ref="A61:A62"/>
     <mergeCell ref="A63:A64"/>
     <mergeCell ref="A65:A66"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="A70:A71"/>
     <mergeCell ref="A72:A73"/>
     <mergeCell ref="A74:A75"/>
     <mergeCell ref="A76:A77"/>
     <mergeCell ref="A79:E79"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="A81:A82"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:B91"/>
     <mergeCell ref="A92:A93"/>
     <mergeCell ref="A94:A95"/>
     <mergeCell ref="A96:A97"/>
     <mergeCell ref="A98:A99"/>
+    <mergeCell ref="A101:E101"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="A103:A104"/>
+    <mergeCell ref="A105:A106"/>
+    <mergeCell ref="A107:A108"/>
+    <mergeCell ref="A109:A110"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>